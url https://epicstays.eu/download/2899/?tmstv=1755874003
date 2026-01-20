--- v0 (2025-10-13)
+++ v1 (2026-01-20)
@@ -1,118 +1,134 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
-  <Override PartName="/ppt/handoutMasters/handoutMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.handoutMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-  <Override PartName="/ppt/slideLayouts/slideLayout31.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
-[...11 lines deleted...]
-  <Override PartName="/ppt/slideLayouts/slideLayout43.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
-  <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1" autoCompressPictures="0">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483828" r:id="rId1"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId8"/>
+    <p:notesMasterId r:id="rId24"/>
   </p:notesMasterIdLst>
-  <p:handoutMasterIdLst>
-[...1 lines deleted...]
-  </p:handoutMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="7829" r:id="rId2"/>
-    <p:sldId id="7830" r:id="rId3"/>
-[...3 lines deleted...]
-    <p:sldId id="7831" r:id="rId7"/>
+    <p:sldId id="7854" r:id="rId3"/>
+    <p:sldId id="7830" r:id="rId4"/>
+    <p:sldId id="7852" r:id="rId5"/>
+    <p:sldId id="7832" r:id="rId6"/>
+    <p:sldId id="7838" r:id="rId7"/>
+    <p:sldId id="7853" r:id="rId8"/>
+    <p:sldId id="7855" r:id="rId9"/>
+    <p:sldId id="7857" r:id="rId10"/>
+    <p:sldId id="7858" r:id="rId11"/>
+    <p:sldId id="7859" r:id="rId12"/>
+    <p:sldId id="7860" r:id="rId13"/>
+    <p:sldId id="7861" r:id="rId14"/>
+    <p:sldId id="7862" r:id="rId15"/>
+    <p:sldId id="7863" r:id="rId16"/>
+    <p:sldId id="7834" r:id="rId17"/>
+    <p:sldId id="7871" r:id="rId18"/>
+    <p:sldId id="7870" r:id="rId19"/>
+    <p:sldId id="7865" r:id="rId20"/>
+    <p:sldId id="7866" r:id="rId21"/>
+    <p:sldId id="7868" r:id="rId22"/>
+    <p:sldId id="7869" r:id="rId23"/>
   </p:sldIdLst>
   <p:sldSz cx="12192000" cy="6858000"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -171,540 +187,154 @@
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
-    <p:ext uri="{2D200454-40CA-4A62-9FC3-DE9A4176ACB9}">
-[...1 lines deleted...]
-    </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:showPr showNarration="1">
     <p:present/>
     <p:sldAll/>
     <p:penClr>
       <a:prstClr val="red"/>
     </p:penClr>
     <p:extLst>
       <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
         <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
           <a:srgbClr val="FF0000"/>
         </p14:laserClr>
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:clrMru>
-    <a:srgbClr val="E96751"/>
+    <a:srgbClr val="000000"/>
+    <a:srgbClr val="4D4D4D"/>
     <a:srgbClr val="EC7C69"/>
-    <a:srgbClr val="494949"/>
-[...6 lines deleted...]
-    <a:srgbClr val="F6BDB4"/>
+    <a:srgbClr val="FBA63B"/>
+    <a:srgbClr val="459597"/>
+    <a:srgbClr val="E5BEAC"/>
+    <a:srgbClr val="82CCCA"/>
+    <a:srgbClr val="F6BF8C"/>
+    <a:srgbClr val="F1B4AC"/>
+    <a:srgbClr val="64AFAF"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="32767"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="1"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
-<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
-[...177 lines deleted...]
-</a:tblStyleLst>
+<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:normalViewPr horzBarState="maximized">
-    <p:restoredLeft sz="29258" autoAdjust="0"/>
+    <p:restoredLeft sz="17890"/>
     <p:restoredTop sz="95082"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0" snapToObjects="1">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="60" d="100"/>
-          <a:sy n="60" d="100"/>
+          <a:sx n="107" d="100"/>
+          <a:sy n="107" d="100"/>
         </p:scale>
-        <p:origin x="292" y="44"/>
+        <p:origin x="504" y="102"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:outlineViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="33" d="100"/>
         <a:sy n="33" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:outlineViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:sorterViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="66" d="100"/>
         <a:sy n="66" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:sorterViewPr>
-  <p:notesViewPr>
-[...10 lines deleted...]
-  </p:notesViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/></Relationships>
-[...192 lines deleted...]
-</p:handoutMaster>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -749,51 +379,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{BE6B282E-B117-B940-84DA-9267D4C22CBD}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>8/21/2025</a:t>
+              <a:t>12/22/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -1066,150 +696,98 @@
 <file path=ppt/slideLayouts/_rels/slideLayout15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-sa/4.0/?ref=chooser-v1" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-sa/4.0/?ref=chooser-v1" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
-[...34 lines deleted...]
-<file path=ppt/slideLayouts/_rels/slideLayout39.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
-[...14 lines deleted...]
-<file path=ppt/slideLayouts/_rels/slideLayout43.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
@@ -2140,50 +1718,660 @@
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:extLst>
     <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
         <p15:guide id="1" orient="horz" pos="2160" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="FBAE40"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="2" pos="3840" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="FBAE40"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout10.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" preserve="1" userDrawn="1">
+  <p:cSld name="1_Quote Slide 03">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="object 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{60CD57FA-B3ED-4372-0D79-54D3FCF6B4E5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9232269" y="6009098"/>
+            <a:ext cx="2959731" cy="452459"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="10692130" h="1024890">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="10692003" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="10692003" y="1024801"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1024801"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="0"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:srgbClr val="EC7C69"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="459597"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Freeform 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{903C83E3-1DC4-31AF-AF62-B0BEC7B5CFF7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="16200000">
+            <a:off x="973329" y="-521495"/>
+            <a:ext cx="5254245" cy="7200902"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 5254245 w 5254245"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 7200902"/>
+              <a:gd name="connsiteX1" fmla="*/ 5254245 w 5254245"/>
+              <a:gd name="connsiteY1" fmla="*/ 1528764 h 7200902"/>
+              <a:gd name="connsiteX2" fmla="*/ 5254245 w 5254245"/>
+              <a:gd name="connsiteY2" fmla="*/ 2897574 h 7200902"/>
+              <a:gd name="connsiteX3" fmla="*/ 5254245 w 5254245"/>
+              <a:gd name="connsiteY3" fmla="*/ 3045624 h 7200902"/>
+              <a:gd name="connsiteX4" fmla="*/ 5254245 w 5254245"/>
+              <a:gd name="connsiteY4" fmla="*/ 4426338 h 7200902"/>
+              <a:gd name="connsiteX5" fmla="*/ 5248763 w 5254245"/>
+              <a:gd name="connsiteY5" fmla="*/ 4426338 h 7200902"/>
+              <a:gd name="connsiteX6" fmla="*/ 5254245 w 5254245"/>
+              <a:gd name="connsiteY6" fmla="*/ 4574389 h 7200902"/>
+              <a:gd name="connsiteX7" fmla="*/ 2627122 w 5254245"/>
+              <a:gd name="connsiteY7" fmla="*/ 7200902 h 7200902"/>
+              <a:gd name="connsiteX8" fmla="*/ 0 w 5254245"/>
+              <a:gd name="connsiteY8" fmla="*/ 4574389 h 7200902"/>
+              <a:gd name="connsiteX9" fmla="*/ 5483 w 5254245"/>
+              <a:gd name="connsiteY9" fmla="*/ 4426338 h 7200902"/>
+              <a:gd name="connsiteX10" fmla="*/ 0 w 5254245"/>
+              <a:gd name="connsiteY10" fmla="*/ 4426338 h 7200902"/>
+              <a:gd name="connsiteX11" fmla="*/ 0 w 5254245"/>
+              <a:gd name="connsiteY11" fmla="*/ 3045624 h 7200902"/>
+              <a:gd name="connsiteX12" fmla="*/ 0 w 5254245"/>
+              <a:gd name="connsiteY12" fmla="*/ 2897573 h 7200902"/>
+              <a:gd name="connsiteX13" fmla="*/ 0 w 5254245"/>
+              <a:gd name="connsiteY13" fmla="*/ 1528764 h 7200902"/>
+              <a:gd name="connsiteX14" fmla="*/ 0 w 5254245"/>
+              <a:gd name="connsiteY14" fmla="*/ 0 h 7200902"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX6" y="connsiteY6"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX7" y="connsiteY7"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX8" y="connsiteY8"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX9" y="connsiteY9"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX10" y="connsiteY10"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX11" y="connsiteY11"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX12" y="connsiteY12"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX13" y="connsiteY13"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX14" y="connsiteY14"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="5254245" h="7200902">
+                <a:moveTo>
+                  <a:pt x="5254245" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="5254245" y="1528764"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="5254245" y="2897574"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="5254245" y="3045624"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="5254245" y="4426338"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="5248763" y="4426338"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="5254245" y="4475688"/>
+                  <a:pt x="5254245" y="4525040"/>
+                  <a:pt x="5254245" y="4574389"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="5254245" y="6027472"/>
+                  <a:pt x="4080543" y="7200902"/>
+                  <a:pt x="2627122" y="7200902"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1173705" y="7200902"/>
+                  <a:pt x="0" y="6021985"/>
+                  <a:pt x="0" y="4574389"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="0" y="4525040"/>
+                  <a:pt x="0" y="4470204"/>
+                  <a:pt x="5483" y="4426338"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="0" y="4426338"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="3045624"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="2897573"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1528764"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="0"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="50000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 23">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CEEA58C9-11E4-74DF-FA2A-21DB2EC78C60}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="13" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="640591" y="981987"/>
+            <a:ext cx="4802284" cy="4193938"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="3000" i="1" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Quote Slide</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Freeform 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A263F50D-15C6-1DC5-D2E6-86D7C375F099}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="19"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5631688" y="1678929"/>
+            <a:ext cx="6560312" cy="4556399"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 2277673 w 6560312"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 4556399"/>
+              <a:gd name="connsiteX1" fmla="*/ 2406059 w 6560312"/>
+              <a:gd name="connsiteY1" fmla="*/ 4755 h 4556399"/>
+              <a:gd name="connsiteX2" fmla="*/ 2406059 w 6560312"/>
+              <a:gd name="connsiteY2" fmla="*/ 0 h 4556399"/>
+              <a:gd name="connsiteX3" fmla="*/ 3325106 w 6560312"/>
+              <a:gd name="connsiteY3" fmla="*/ 0 h 4556399"/>
+              <a:gd name="connsiteX4" fmla="*/ 3439772 w 6560312"/>
+              <a:gd name="connsiteY4" fmla="*/ 0 h 4556399"/>
+              <a:gd name="connsiteX5" fmla="*/ 5900026 w 6560312"/>
+              <a:gd name="connsiteY5" fmla="*/ 0 h 4556399"/>
+              <a:gd name="connsiteX6" fmla="*/ 6560312 w 6560312"/>
+              <a:gd name="connsiteY6" fmla="*/ 0 h 4556399"/>
+              <a:gd name="connsiteX7" fmla="*/ 6560312 w 6560312"/>
+              <a:gd name="connsiteY7" fmla="*/ 4556399 h 4556399"/>
+              <a:gd name="connsiteX8" fmla="*/ 6560277 w 6560312"/>
+              <a:gd name="connsiteY8" fmla="*/ 4556399 h 4556399"/>
+              <a:gd name="connsiteX9" fmla="*/ 6560277 w 6560312"/>
+              <a:gd name="connsiteY9" fmla="*/ 4330169 h 4556399"/>
+              <a:gd name="connsiteX10" fmla="*/ 3600581 w 6560312"/>
+              <a:gd name="connsiteY10" fmla="*/ 4330169 h 4556399"/>
+              <a:gd name="connsiteX11" fmla="*/ 3600581 w 6560312"/>
+              <a:gd name="connsiteY11" fmla="*/ 4556399 h 4556399"/>
+              <a:gd name="connsiteX12" fmla="*/ 3439772 w 6560312"/>
+              <a:gd name="connsiteY12" fmla="*/ 4556399 h 4556399"/>
+              <a:gd name="connsiteX13" fmla="*/ 3325106 w 6560312"/>
+              <a:gd name="connsiteY13" fmla="*/ 4556399 h 4556399"/>
+              <a:gd name="connsiteX14" fmla="*/ 2406059 w 6560312"/>
+              <a:gd name="connsiteY14" fmla="*/ 4556399 h 4556399"/>
+              <a:gd name="connsiteX15" fmla="*/ 2406059 w 6560312"/>
+              <a:gd name="connsiteY15" fmla="*/ 4551645 h 4556399"/>
+              <a:gd name="connsiteX16" fmla="*/ 2277673 w 6560312"/>
+              <a:gd name="connsiteY16" fmla="*/ 4556399 h 4556399"/>
+              <a:gd name="connsiteX17" fmla="*/ 0 w 6560312"/>
+              <a:gd name="connsiteY17" fmla="*/ 2278201 h 4556399"/>
+              <a:gd name="connsiteX18" fmla="*/ 2277673 w 6560312"/>
+              <a:gd name="connsiteY18" fmla="*/ 0 h 4556399"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX6" y="connsiteY6"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX7" y="connsiteY7"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX8" y="connsiteY8"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX9" y="connsiteY9"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX10" y="connsiteY10"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX11" y="connsiteY11"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX12" y="connsiteY12"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX13" y="connsiteY13"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX14" y="connsiteY14"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX15" y="connsiteY15"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX16" y="connsiteY16"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX17" y="connsiteY17"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX18" y="connsiteY18"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="6560312" h="4556399">
+                <a:moveTo>
+                  <a:pt x="2277673" y="0"/>
+                </a:moveTo>
+                <a:cubicBezTo>
+                  <a:pt x="2320467" y="0"/>
+                  <a:pt x="2368019" y="0"/>
+                  <a:pt x="2406059" y="4755"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="2406059" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3325106" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3439772" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="5900026" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="6560312" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="6560312" y="4556399"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="6560277" y="4556399"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="6560277" y="4330169"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3600581" y="4330169"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3600581" y="4556399"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3439772" y="4556399"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3325106" y="4556399"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2406059" y="4556399"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2406059" y="4551645"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="2363265" y="4556399"/>
+                  <a:pt x="2320467" y="4556399"/>
+                  <a:pt x="2277673" y="4556399"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1017580" y="4556399"/>
+                  <a:pt x="0" y="3538583"/>
+                  <a:pt x="0" y="2278201"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="0" y="1017820"/>
+                  <a:pt x="1022338" y="0"/>
+                  <a:pt x="2277673" y="0"/>
+                </a:cubicBezTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Text Placeholder 23">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CD1AABD4-D352-B498-D38C-114265E448CB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="65" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9238279" y="6009099"/>
+            <a:ext cx="2953721" cy="452458"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="1000" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Photo Credit: </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3463269300"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="1_Quote Slide">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="object 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4F9F12E3-9E6B-1207-AA65-41EE5B4D3570}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -2881,456 +3069,53 @@
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:extLst>
     <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
         <p15:guide id="1" orient="horz" pos="2160" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="FBAE40"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="2" pos="3840" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="FBAE40"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Divider 01">
-    <p:spTree>
-[...401 lines deleted...]
-  <p:cSld name="1_Divider 01">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="object 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5569F482-B952-C24D-C8D1-E7CA0807340C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr userDrawn="1"/>
@@ -4126,945 +3911,77 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
               <a:defRPr sz="1000" b="0" i="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Photo Credit: </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4103153201"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="220412145"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:extLst>
     <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
-        <p15:guide id="1" orient="horz" pos="2160">
+        <p15:guide id="1" orient="horz" pos="2160" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="FBAE40"/>
           </p15:clr>
         </p15:guide>
-        <p15:guide id="2" pos="3840">
+        <p15:guide id="2" pos="3840" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="FBAE40"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout13.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
-[...866 lines deleted...]
-<file path=ppt/slideLayouts/slideLayout14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Divider 02">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="object 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{88279C37-A1BE-B924-9BAE-BEFBBDCCD758}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -5413,52 +4330,52 @@
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0" anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Freeform 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CC09CB29-0FF7-F578-647A-B060ACA2F633}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="244740" y="2115614"/>
-            <a:ext cx="6560312" cy="45719"/>
+            <a:off x="1621052" y="2125333"/>
+            <a:ext cx="5184000" cy="36000"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst>
               <a:gd name="connsiteX0" fmla="*/ 1 w 4076555"/>
               <a:gd name="connsiteY0" fmla="*/ 0 h 51458"/>
               <a:gd name="connsiteX1" fmla="*/ 4076556 w 4076555"/>
               <a:gd name="connsiteY1" fmla="*/ 0 h 51458"/>
               <a:gd name="connsiteX2" fmla="*/ 4076556 w 4076555"/>
               <a:gd name="connsiteY2" fmla="*/ 51459 h 51458"/>
               <a:gd name="connsiteX3" fmla="*/ 1 w 4076555"/>
               <a:gd name="connsiteY3" fmla="*/ 51459 h 51458"/>
             </a:gdLst>
             <a:ahLst/>
             <a:cxnLst>
               <a:cxn ang="0">
                 <a:pos x="connsiteX0" y="connsiteY0"/>
               </a:cxn>
               <a:cxn ang="0">
                 <a:pos x="connsiteX1" y="connsiteY1"/>
               </a:cxn>
               <a:cxn ang="0">
                 <a:pos x="connsiteX2" y="connsiteY2"/>
               </a:cxn>
               <a:cxn ang="0">
@@ -5872,51 +4789,51 @@
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Photo Credit: </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="666349009"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout15.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Divider 03">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="object 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{10FA6DCC-313C-4786-6A6A-A20CB81D3717}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -6724,327 +5641,313 @@
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Photo Credit: </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4131421615"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout16.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Text Only Slide">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Text Placeholder 17">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F491658C-0475-E62C-8D89-FEF9C4B3B1CF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="18" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="774803" y="1994611"/>
+            <a:off x="788657" y="2396438"/>
             <a:ext cx="10614687" cy="3499183"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" indent="0" algn="l">
+            <a:lvl1pPr marL="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
-              <a:defRPr lang="en-US" sz="2200" b="0" i="0" kern="1200" spc="0" dirty="0">
-[...5 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
+              <a:defRPr sz="2400" b="0" i="0" spc="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:buNone/>
               <a:defRPr sz="2000" b="0" i="0" spc="300">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Montserrat Light" pitchFamily="2" charset="77"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:buNone/>
               <a:defRPr sz="2000" b="0" i="0" spc="300">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Montserrat Light" pitchFamily="2" charset="77"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:buNone/>
               <a:defRPr sz="2000" b="0" i="0" spc="300">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Montserrat Light" pitchFamily="2" charset="77"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:buNone/>
               <a:defRPr sz="2000" b="0" i="0" spc="300">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Montserrat Light" pitchFamily="2" charset="77"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-[...11 lines deleted...]
-            </a:pPr>
+            <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t>Click to type…</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Text Placeholder 23">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{42FA9414-C07A-E4F5-AB85-1650A2A6BDD3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="16" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="774803" y="359776"/>
+            <a:off x="788657" y="761603"/>
             <a:ext cx="10614687" cy="803654"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
-              <a:defRPr sz="2800" b="1" i="0">
+              <a:defRPr sz="3600" b="1" i="0">
                 <a:solidFill>
                   <a:srgbClr val="459597"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Heading</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Text Placeholder 23">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{064BF269-509F-FF08-2AB8-13D0BA5CD02C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="19" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="760949" y="1177194"/>
+            <a:off x="774803" y="1579021"/>
             <a:ext cx="10614687" cy="803654"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
-              <a:defRPr sz="2400" b="1" i="0">
+              <a:defRPr sz="3000" b="1" i="0">
                 <a:solidFill>
                   <a:srgbClr val="EC7C69"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Sub-Heading</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2546694151"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout17.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Photo/Text Slide 01">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Freeform 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9B064538-E1B5-B6C1-C4B2-0671259EDDB6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="391600" y="1650206"/>
-            <a:ext cx="3423163" cy="3407570"/>
+            <a:off x="391600" y="1650205"/>
+            <a:ext cx="3423163" cy="4573986"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst>
               <a:gd name="connsiteX0" fmla="*/ 3998034 w 3998034"/>
               <a:gd name="connsiteY0" fmla="*/ 0 h 4950763"/>
               <a:gd name="connsiteX1" fmla="*/ 3998034 w 3998034"/>
               <a:gd name="connsiteY1" fmla="*/ 634748 h 4950763"/>
               <a:gd name="connsiteX2" fmla="*/ 3998034 w 3998034"/>
               <a:gd name="connsiteY2" fmla="*/ 2204807 h 4950763"/>
               <a:gd name="connsiteX3" fmla="*/ 3998034 w 3998034"/>
               <a:gd name="connsiteY3" fmla="*/ 2317461 h 4950763"/>
               <a:gd name="connsiteX4" fmla="*/ 3998034 w 3998034"/>
               <a:gd name="connsiteY4" fmla="*/ 2839555 h 4950763"/>
               <a:gd name="connsiteX5" fmla="*/ 3993862 w 3998034"/>
               <a:gd name="connsiteY5" fmla="*/ 2839555 h 4950763"/>
               <a:gd name="connsiteX6" fmla="*/ 3998034 w 3998034"/>
               <a:gd name="connsiteY6" fmla="*/ 2952209 h 4950763"/>
               <a:gd name="connsiteX7" fmla="*/ 1999017 w 3998034"/>
               <a:gd name="connsiteY7" fmla="*/ 4950763 h 4950763"/>
               <a:gd name="connsiteX8" fmla="*/ 0 w 3998034"/>
               <a:gd name="connsiteY8" fmla="*/ 2952209 h 4950763"/>
               <a:gd name="connsiteX9" fmla="*/ 4172 w 3998034"/>
               <a:gd name="connsiteY9" fmla="*/ 2839555 h 4950763"/>
               <a:gd name="connsiteX10" fmla="*/ 0 w 3998034"/>
@@ -7309,57 +6212,57 @@
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="18" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="675021" y="3392026"/>
             <a:ext cx="1532272" cy="1049221"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0" algn="l">
               <a:lnSpc>
-                <a:spcPct val="100000"/>
+                <a:spcPts val="2520"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
-              <a:defRPr sz="2800" b="1" i="0">
+              <a:defRPr sz="2800" b="0" i="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Open Sans" panose="020B0606030504020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr marL="377967" indent="0">
               <a:buNone/>
               <a:defRPr sz="3200">
                 <a:solidFill>
                   <a:srgbClr val="011E3B"/>
                 </a:solidFill>
                 <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr marL="755934" indent="0">
               <a:buNone/>
               <a:defRPr sz="3200">
                 <a:solidFill>
                   <a:srgbClr val="011E3B"/>
                 </a:solidFill>
                 <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
               </a:defRPr>
@@ -7611,57 +6514,55 @@
             <p:ph type="body" sz="quarter" idx="16" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4594469" y="761603"/>
             <a:ext cx="6808875" cy="803654"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
-              <a:defRPr lang="en-US" sz="2800" b="1" i="0" kern="1200" dirty="0">
+              <a:defRPr sz="3600" b="1" i="0">
                 <a:solidFill>
                   <a:srgbClr val="459597"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
-                <a:ea typeface="+mn-ea"/>
-                <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Heading</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Slide Number Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{34AF9B71-2207-2B84-77DD-F48EEA4CB5B4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
@@ -7707,1985 +6608,61 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1F839923-FB21-EECD-2715-9AFE87047FDA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="21" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4594468" y="2396438"/>
             <a:ext cx="6808876" cy="3499183"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" indent="0" algn="l">
+            <a:lvl1pPr marL="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
-              <a:defRPr lang="en-US" sz="2200" b="0" i="0" kern="1200" spc="0" dirty="0">
-[...1925 lines deleted...]
-                  <a:srgbClr val="494949"/>
+              <a:defRPr sz="2400" b="0" i="0" spc="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:buNone/>
               <a:defRPr sz="2000" b="0" i="0" spc="300">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Montserrat Light" pitchFamily="2" charset="77"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:buNone/>
               <a:defRPr sz="2000" b="0" i="0" spc="300">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Montserrat Light" pitchFamily="2" charset="77"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:buNone/>
               <a:defRPr sz="2000" b="0" i="0" spc="300">
@@ -9731,57 +6708,55 @@
             <p:ph type="body" sz="quarter" idx="23" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="4580614" y="1579021"/>
             <a:ext cx="6808876" cy="803654"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
-              <a:defRPr lang="en-US" sz="2400" b="1" i="0" kern="1200" dirty="0">
+              <a:defRPr sz="3000" b="1" i="0">
                 <a:solidFill>
                   <a:srgbClr val="EC7C69"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
-                <a:ea typeface="+mn-ea"/>
-                <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Sub-Heading</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Text Placeholder 23">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1EBD8891-6E8B-E956-17F7-52151B22A4A7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
@@ -9806,57 +6781,2551 @@
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
               <a:defRPr sz="1000" b="0" i="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Photo Credit: </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="299956417"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="49209456"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout17.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Photo/Text Slide 02">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="19" name="Freeform 18">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{22FF2704-C378-5558-979D-1005C48FBF15}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="532521"/>
+            <a:ext cx="4276589" cy="3026366"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 4276589"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 3026366"/>
+              <a:gd name="connsiteX1" fmla="*/ 2678481 w 4276589"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 3026366"/>
+              <a:gd name="connsiteX2" fmla="*/ 2678481 w 4276589"/>
+              <a:gd name="connsiteY2" fmla="*/ 3158 h 3026366"/>
+              <a:gd name="connsiteX3" fmla="*/ 2763756 w 4276589"/>
+              <a:gd name="connsiteY3" fmla="*/ 0 h 3026366"/>
+              <a:gd name="connsiteX4" fmla="*/ 4276589 w 4276589"/>
+              <a:gd name="connsiteY4" fmla="*/ 1513183 h 3026366"/>
+              <a:gd name="connsiteX5" fmla="*/ 2763756 w 4276589"/>
+              <a:gd name="connsiteY5" fmla="*/ 3026366 h 3026366"/>
+              <a:gd name="connsiteX6" fmla="*/ 2678480 w 4276589"/>
+              <a:gd name="connsiteY6" fmla="*/ 3023207 h 3026366"/>
+              <a:gd name="connsiteX7" fmla="*/ 2678480 w 4276589"/>
+              <a:gd name="connsiteY7" fmla="*/ 3026366 h 3026366"/>
+              <a:gd name="connsiteX8" fmla="*/ 0 w 4276589"/>
+              <a:gd name="connsiteY8" fmla="*/ 3026366 h 3026366"/>
+              <a:gd name="connsiteX9" fmla="*/ 0 w 4276589"/>
+              <a:gd name="connsiteY9" fmla="*/ 0 h 3026366"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX6" y="connsiteY6"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX7" y="connsiteY7"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX8" y="connsiteY8"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX9" y="connsiteY9"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="4276589" h="3026366">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="2678481" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2678481" y="3158"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="2706906" y="0"/>
+                  <a:pt x="2735331" y="0"/>
+                  <a:pt x="2763756" y="0"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="3600710" y="0"/>
+                  <a:pt x="4276589" y="676035"/>
+                  <a:pt x="4276589" y="1513183"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="4276589" y="2350329"/>
+                  <a:pt x="3597550" y="3026366"/>
+                  <a:pt x="2763756" y="3026366"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="2735331" y="3026366"/>
+                  <a:pt x="2703746" y="3026366"/>
+                  <a:pt x="2678480" y="3023207"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="2678480" y="3026366"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="3026366"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="0"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:srgbClr val="FBA63B"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="4" name="Straight Connector 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8682A768-596E-926A-09FA-062AB27CC961}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="408890" y="1714806"/>
+            <a:ext cx="3094808" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="22225">
+            <a:solidFill>
+              <a:schemeClr val="bg1"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Text Placeholder 32">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E06DCB65-F86B-8EF8-CB2F-74148F949118}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="18" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="528134" y="1876698"/>
+            <a:ext cx="1532272" cy="1049221"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPts val="2520"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="2800" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Open Sans" panose="020B0606030504020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="377967" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="755934" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1133901" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1511869" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Title</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Text Placeholder 32">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{95C6EC98-A69C-9FBE-FA7B-5905557F792C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="19" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="544933" y="941779"/>
+            <a:ext cx="1197303" cy="385564"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="1" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Open Sans" panose="020B0606030504020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="377967" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="755934" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1133901" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1511869" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0"/>
+              <a:t>01</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BED94FB5-16D9-B18E-6854-4C7E797C8998}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11708764" y="6546433"/>
+            <a:ext cx="473489" cy="311567"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="459597"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9C527BFA-2C0E-4CEC-B6A5-913A56FEF4B4}" type="slidenum">
+              <a:rPr lang="fr-CA" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="fr-CA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 23">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D7865F29-799D-F0DC-5310-7DD19EAA79AC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="16" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4594469" y="761603"/>
+            <a:ext cx="6808875" cy="803654"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="3600" b="1" i="0">
+                <a:solidFill>
+                  <a:srgbClr val="459597"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Heading</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Text Placeholder 17">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1EEA42BE-BBB2-ADC4-7F54-70AB05249154}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="21" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4594468" y="2396438"/>
+            <a:ext cx="6808876" cy="3499183"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="2400" b="0" i="0" spc="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:buNone/>
+              <a:defRPr sz="2000" b="0" i="0" spc="300">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat Light" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:buNone/>
+              <a:defRPr sz="2000" b="0" i="0" spc="300">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat Light" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:buNone/>
+              <a:defRPr sz="2000" b="0" i="0" spc="300">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat Light" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:buNone/>
+              <a:defRPr sz="2000" b="0" i="0" spc="300">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat Light" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0"/>
+              <a:t>Click to type…</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Text Placeholder 23">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DACB570B-AD6F-DF71-65BD-681DDB6CC954}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="23" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4580614" y="1579021"/>
+            <a:ext cx="6808876" cy="803654"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="3000" b="1" i="0">
+                <a:solidFill>
+                  <a:srgbClr val="EC7C69"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Sub-Heading</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="41910512"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout18.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Photo/Text Slide 03">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="17" name="object 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{583D73D3-E6AA-7AFF-9024-934870BC51F9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="16200000">
+            <a:off x="-1262734" y="1263164"/>
+            <a:ext cx="2977922" cy="452459"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="10692130" h="1024890">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="10692003" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="10692003" y="1024801"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1024801"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="0"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:srgbClr val="EC7C69"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Freeform 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{90A762DC-C1C5-4617-87D3-4AC57CCD90EA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="16200000">
+            <a:off x="726440" y="2939340"/>
+            <a:ext cx="2792171" cy="4245051"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 2580643 w 2580643"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 3923456"/>
+              <a:gd name="connsiteX1" fmla="*/ 2580643 w 2580643"/>
+              <a:gd name="connsiteY1" fmla="*/ 2560718 h 3923456"/>
+              <a:gd name="connsiteX2" fmla="*/ 2577950 w 2580643"/>
+              <a:gd name="connsiteY2" fmla="*/ 2560718 h 3923456"/>
+              <a:gd name="connsiteX3" fmla="*/ 2580643 w 2580643"/>
+              <a:gd name="connsiteY3" fmla="*/ 2633433 h 3923456"/>
+              <a:gd name="connsiteX4" fmla="*/ 1290321 w 2580643"/>
+              <a:gd name="connsiteY4" fmla="*/ 3923456 h 3923456"/>
+              <a:gd name="connsiteX5" fmla="*/ 0 w 2580643"/>
+              <a:gd name="connsiteY5" fmla="*/ 2633433 h 3923456"/>
+              <a:gd name="connsiteX6" fmla="*/ 2693 w 2580643"/>
+              <a:gd name="connsiteY6" fmla="*/ 2560717 h 3923456"/>
+              <a:gd name="connsiteX7" fmla="*/ 0 w 2580643"/>
+              <a:gd name="connsiteY7" fmla="*/ 2560717 h 3923456"/>
+              <a:gd name="connsiteX8" fmla="*/ 0 w 2580643"/>
+              <a:gd name="connsiteY8" fmla="*/ 0 h 3923456"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX6" y="connsiteY6"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX7" y="connsiteY7"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX8" y="connsiteY8"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="2580643" h="3923456">
+                <a:moveTo>
+                  <a:pt x="2580643" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="2580643" y="2560718"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2577950" y="2560718"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="2580643" y="2584956"/>
+                  <a:pt x="2580643" y="2609195"/>
+                  <a:pt x="2580643" y="2633433"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="2580643" y="3347121"/>
+                  <a:pt x="2004174" y="3923456"/>
+                  <a:pt x="1290321" y="3923456"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="576470" y="3923456"/>
+                  <a:pt x="0" y="3344426"/>
+                  <a:pt x="0" y="2633433"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="0" y="2609195"/>
+                  <a:pt x="0" y="2582262"/>
+                  <a:pt x="2693" y="2560717"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="0" y="2560717"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="0"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:srgbClr val="EC7C69"/>
+          </a:solidFill>
+          <a:ln w="15768" cap="flat">
+            <a:noFill/>
+            <a:prstDash val="solid"/>
+            <a:miter/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="Freeform 15">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{51BE07CA-394B-3436-9E01-A3901523976D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="34"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7089" y="257177"/>
+            <a:ext cx="7575621" cy="4331221"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 445328 w 7575621"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 4331221"/>
+              <a:gd name="connsiteX1" fmla="*/ 5288471 w 7575621"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 4331221"/>
+              <a:gd name="connsiteX2" fmla="*/ 5288471 w 7575621"/>
+              <a:gd name="connsiteY2" fmla="*/ 4519 h 4331221"/>
+              <a:gd name="connsiteX3" fmla="*/ 5410512 w 7575621"/>
+              <a:gd name="connsiteY3" fmla="*/ 0 h 4331221"/>
+              <a:gd name="connsiteX4" fmla="*/ 7575621 w 7575621"/>
+              <a:gd name="connsiteY4" fmla="*/ 2165610 h 4331221"/>
+              <a:gd name="connsiteX5" fmla="*/ 5410512 w 7575621"/>
+              <a:gd name="connsiteY5" fmla="*/ 4331221 h 4331221"/>
+              <a:gd name="connsiteX6" fmla="*/ 5288471 w 7575621"/>
+              <a:gd name="connsiteY6" fmla="*/ 4326701 h 4331221"/>
+              <a:gd name="connsiteX7" fmla="*/ 5288471 w 7575621"/>
+              <a:gd name="connsiteY7" fmla="*/ 4331221 h 4331221"/>
+              <a:gd name="connsiteX8" fmla="*/ 4124915 w 7575621"/>
+              <a:gd name="connsiteY8" fmla="*/ 4331221 h 4331221"/>
+              <a:gd name="connsiteX9" fmla="*/ 4096958 w 7575621"/>
+              <a:gd name="connsiteY9" fmla="*/ 4254659 h 4331221"/>
+              <a:gd name="connsiteX10" fmla="*/ 2810695 w 7575621"/>
+              <a:gd name="connsiteY10" fmla="*/ 3402554 h 4331221"/>
+              <a:gd name="connsiteX11" fmla="*/ 2732020 w 7575621"/>
+              <a:gd name="connsiteY11" fmla="*/ 3405467 h 4331221"/>
+              <a:gd name="connsiteX12" fmla="*/ 2732020 w 7575621"/>
+              <a:gd name="connsiteY12" fmla="*/ 3402554 h 4331221"/>
+              <a:gd name="connsiteX13" fmla="*/ 0 w 7575621"/>
+              <a:gd name="connsiteY13" fmla="*/ 3402554 h 4331221"/>
+              <a:gd name="connsiteX14" fmla="*/ 0 w 7575621"/>
+              <a:gd name="connsiteY14" fmla="*/ 2721178 h 4331221"/>
+              <a:gd name="connsiteX15" fmla="*/ 416752 w 7575621"/>
+              <a:gd name="connsiteY15" fmla="*/ 2721178 h 4331221"/>
+              <a:gd name="connsiteX16" fmla="*/ 416752 w 7575621"/>
+              <a:gd name="connsiteY16" fmla="*/ 2706890 h 4331221"/>
+              <a:gd name="connsiteX17" fmla="*/ 445328 w 7575621"/>
+              <a:gd name="connsiteY17" fmla="*/ 2706890 h 4331221"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX6" y="connsiteY6"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX7" y="connsiteY7"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX8" y="connsiteY8"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX9" y="connsiteY9"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX10" y="connsiteY10"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX11" y="connsiteY11"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX12" y="connsiteY12"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX13" y="connsiteY13"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX14" y="connsiteY14"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX15" y="connsiteY15"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX16" y="connsiteY16"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX17" y="connsiteY17"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="7575621" h="4331221">
+                <a:moveTo>
+                  <a:pt x="445328" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="5288471" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="5288471" y="4519"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="5329151" y="0"/>
+                  <a:pt x="5369833" y="0"/>
+                  <a:pt x="5410512" y="0"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="6608330" y="0"/>
+                  <a:pt x="7575621" y="967516"/>
+                  <a:pt x="7575621" y="2165610"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="7575621" y="3363702"/>
+                  <a:pt x="6603807" y="4331221"/>
+                  <a:pt x="5410512" y="4331221"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="5369833" y="4331221"/>
+                  <a:pt x="5324630" y="4331221"/>
+                  <a:pt x="5288471" y="4326701"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="5288471" y="4331221"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="4124915" y="4331221"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="4096958" y="4254659"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="3885381" y="3753396"/>
+                  <a:pt x="3389835" y="3402554"/>
+                  <a:pt x="2810695" y="3402554"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="2784470" y="3402554"/>
+                  <a:pt x="2758245" y="3402554"/>
+                  <a:pt x="2732020" y="3405467"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="2732020" y="3402554"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="3402554"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="2721178"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="416752" y="2721178"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="416752" y="2706890"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="445328" y="2706890"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="4" name="Straight Connector 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E787CB57-5C99-222D-D409-94817E1736D1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="480327" y="4758044"/>
+            <a:ext cx="3094808" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="22225">
+            <a:solidFill>
+              <a:schemeClr val="bg1"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Text Placeholder 32">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A87FE47C-12D9-1039-A0FD-603B1E773FD2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="18" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="599571" y="4919936"/>
+            <a:ext cx="1532272" cy="1049221"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPts val="2520"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="2800" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Open Sans" panose="020B0606030504020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="377967" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="755934" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1133901" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1511869" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Title</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Text Placeholder 32">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BF79257D-7DC8-49E5-8ACE-00A39FD8C2B0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="19" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="616370" y="3985017"/>
+            <a:ext cx="1197303" cy="385564"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="1" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Open Sans" panose="020B0606030504020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="377967" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="755934" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1133901" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1511869" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0"/>
+              <a:t>01</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0DFC1F41-4F5A-AAD5-7239-767389B131BC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11708764" y="6546433"/>
+            <a:ext cx="473489" cy="311567"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="459597"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9C527BFA-2C0E-4CEC-B6A5-913A56FEF4B4}" type="slidenum">
+              <a:rPr lang="fr-CA" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="fr-CA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Text Placeholder 17">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{78CBEF4C-8E97-28A0-B859-67C377F37434}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="21" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7946950" y="747840"/>
+            <a:ext cx="3456394" cy="5147782"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="2400" b="0" i="0" spc="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:buNone/>
+              <a:defRPr sz="2000" b="0" i="0" spc="300">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat Light" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:buNone/>
+              <a:defRPr sz="2000" b="0" i="0" spc="300">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat Light" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:buNone/>
+              <a:defRPr sz="2000" b="0" i="0" spc="300">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat Light" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:buNone/>
+              <a:defRPr sz="2000" b="0" i="0" spc="300">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat Light" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0"/>
+              <a:t>Click to type…</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Text Placeholder 23">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{22B424EA-8C83-A428-9A22-8D1B4C4B4CBE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="66" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="16200000">
+            <a:off x="-1247629" y="1272261"/>
+            <a:ext cx="2953721" cy="452458"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="1000" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Photo Credit: </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="480602439"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="2160" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="2" pos="3840" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout19.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
+  <p:cSld name="Photo/Text Slide 04">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="object 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6C66CE20-4F9E-FEAC-513B-A94340530F35}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="16200000">
+            <a:off x="-1262734" y="1248876"/>
+            <a:ext cx="2977922" cy="452459"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="10692130" h="1024890">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="10692003" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="10692003" y="1024801"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1024801"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="0"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:srgbClr val="EC7C69"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Freeform 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{90A762DC-C1C5-4617-87D3-4AC57CCD90EA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="5400000">
+            <a:off x="8185276" y="-436800"/>
+            <a:ext cx="3179510" cy="4833938"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 2580643 w 2580643"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 3923456"/>
+              <a:gd name="connsiteX1" fmla="*/ 2580643 w 2580643"/>
+              <a:gd name="connsiteY1" fmla="*/ 2560718 h 3923456"/>
+              <a:gd name="connsiteX2" fmla="*/ 2577950 w 2580643"/>
+              <a:gd name="connsiteY2" fmla="*/ 2560718 h 3923456"/>
+              <a:gd name="connsiteX3" fmla="*/ 2580643 w 2580643"/>
+              <a:gd name="connsiteY3" fmla="*/ 2633433 h 3923456"/>
+              <a:gd name="connsiteX4" fmla="*/ 1290321 w 2580643"/>
+              <a:gd name="connsiteY4" fmla="*/ 3923456 h 3923456"/>
+              <a:gd name="connsiteX5" fmla="*/ 0 w 2580643"/>
+              <a:gd name="connsiteY5" fmla="*/ 2633433 h 3923456"/>
+              <a:gd name="connsiteX6" fmla="*/ 2693 w 2580643"/>
+              <a:gd name="connsiteY6" fmla="*/ 2560717 h 3923456"/>
+              <a:gd name="connsiteX7" fmla="*/ 0 w 2580643"/>
+              <a:gd name="connsiteY7" fmla="*/ 2560717 h 3923456"/>
+              <a:gd name="connsiteX8" fmla="*/ 0 w 2580643"/>
+              <a:gd name="connsiteY8" fmla="*/ 0 h 3923456"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX6" y="connsiteY6"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX7" y="connsiteY7"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX8" y="connsiteY8"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="2580643" h="3923456">
+                <a:moveTo>
+                  <a:pt x="2580643" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="2580643" y="2560718"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2577950" y="2560718"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="2580643" y="2584956"/>
+                  <a:pt x="2580643" y="2609195"/>
+                  <a:pt x="2580643" y="2633433"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="2580643" y="3347121"/>
+                  <a:pt x="2004174" y="3923456"/>
+                  <a:pt x="1290321" y="3923456"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="576470" y="3923456"/>
+                  <a:pt x="0" y="3344426"/>
+                  <a:pt x="0" y="2633433"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="0" y="2609195"/>
+                  <a:pt x="0" y="2582262"/>
+                  <a:pt x="2693" y="2560717"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="0" y="2560717"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="0"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:srgbClr val="459597"/>
+          </a:solidFill>
+          <a:ln w="15768" cap="flat">
+            <a:noFill/>
+            <a:prstDash val="solid"/>
+            <a:miter/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="4" name="Straight Connector 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E787CB57-5C99-222D-D409-94817E1736D1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7946949" y="1680945"/>
+            <a:ext cx="3796944" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="22225">
+            <a:solidFill>
+              <a:schemeClr val="bg1"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="5" name="Text Placeholder 32">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A87FE47C-12D9-1039-A0FD-603B1E773FD2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="18" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10011341" y="1857124"/>
+            <a:ext cx="1532272" cy="1049221"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPts val="2520"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="2800" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Open Sans" panose="020B0606030504020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="377967" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="755934" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1133901" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1511869" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Title</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Text Placeholder 32">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BF79257D-7DC8-49E5-8ACE-00A39FD8C2B0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="19" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="10346310" y="922205"/>
+            <a:ext cx="1197303" cy="385564"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="4400" b="1" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Open Sans" panose="020B0606030504020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="377967" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="755934" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1133901" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1511869" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0"/>
+              <a:t>01</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Freeform 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ED8F36CA-7EDA-8F93-3327-64F428FB19C8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="22"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="148452"/>
+            <a:ext cx="8097183" cy="4466563"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 452417 w 8097183"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 4466563"/>
+              <a:gd name="connsiteX1" fmla="*/ 647268 w 8097183"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 4466563"/>
+              <a:gd name="connsiteX2" fmla="*/ 1666217 w 8097183"/>
+              <a:gd name="connsiteY2" fmla="*/ 0 h 4466563"/>
+              <a:gd name="connsiteX3" fmla="*/ 2313486 w 8097183"/>
+              <a:gd name="connsiteY3" fmla="*/ 0 h 4466563"/>
+              <a:gd name="connsiteX4" fmla="*/ 3059015 w 8097183"/>
+              <a:gd name="connsiteY4" fmla="*/ 0 h 4466563"/>
+              <a:gd name="connsiteX5" fmla="*/ 3171419 w 8097183"/>
+              <a:gd name="connsiteY5" fmla="*/ 0 h 4466563"/>
+              <a:gd name="connsiteX6" fmla="*/ 4072346 w 8097183"/>
+              <a:gd name="connsiteY6" fmla="*/ 0 h 4466563"/>
+              <a:gd name="connsiteX7" fmla="*/ 4198202 w 8097183"/>
+              <a:gd name="connsiteY7" fmla="*/ 0 h 4466563"/>
+              <a:gd name="connsiteX8" fmla="*/ 4725231 w 8097183"/>
+              <a:gd name="connsiteY8" fmla="*/ 0 h 4466563"/>
+              <a:gd name="connsiteX9" fmla="*/ 4837637 w 8097183"/>
+              <a:gd name="connsiteY9" fmla="*/ 0 h 4466563"/>
+              <a:gd name="connsiteX10" fmla="*/ 5738563 w 8097183"/>
+              <a:gd name="connsiteY10" fmla="*/ 0 h 4466563"/>
+              <a:gd name="connsiteX11" fmla="*/ 5738563 w 8097183"/>
+              <a:gd name="connsiteY11" fmla="*/ 4661 h 4466563"/>
+              <a:gd name="connsiteX12" fmla="*/ 5864419 w 8097183"/>
+              <a:gd name="connsiteY12" fmla="*/ 0 h 4466563"/>
+              <a:gd name="connsiteX13" fmla="*/ 8097183 w 8097183"/>
+              <a:gd name="connsiteY13" fmla="*/ 2233280 h 4466563"/>
+              <a:gd name="connsiteX14" fmla="*/ 5864418 w 8097183"/>
+              <a:gd name="connsiteY14" fmla="*/ 4466563 h 4466563"/>
+              <a:gd name="connsiteX15" fmla="*/ 5738563 w 8097183"/>
+              <a:gd name="connsiteY15" fmla="*/ 4461902 h 4466563"/>
+              <a:gd name="connsiteX16" fmla="*/ 5738563 w 8097183"/>
+              <a:gd name="connsiteY16" fmla="*/ 4466563 h 4466563"/>
+              <a:gd name="connsiteX17" fmla="*/ 4837637 w 8097183"/>
+              <a:gd name="connsiteY17" fmla="*/ 4466563 h 4466563"/>
+              <a:gd name="connsiteX18" fmla="*/ 4725231 w 8097183"/>
+              <a:gd name="connsiteY18" fmla="*/ 4466563 h 4466563"/>
+              <a:gd name="connsiteX19" fmla="*/ 4198201 w 8097183"/>
+              <a:gd name="connsiteY19" fmla="*/ 4466563 h 4466563"/>
+              <a:gd name="connsiteX20" fmla="*/ 4072346 w 8097183"/>
+              <a:gd name="connsiteY20" fmla="*/ 4466563 h 4466563"/>
+              <a:gd name="connsiteX21" fmla="*/ 3171419 w 8097183"/>
+              <a:gd name="connsiteY21" fmla="*/ 4466563 h 4466563"/>
+              <a:gd name="connsiteX22" fmla="*/ 3059014 w 8097183"/>
+              <a:gd name="connsiteY22" fmla="*/ 4466563 h 4466563"/>
+              <a:gd name="connsiteX23" fmla="*/ 2313485 w 8097183"/>
+              <a:gd name="connsiteY23" fmla="*/ 4466563 h 4466563"/>
+              <a:gd name="connsiteX24" fmla="*/ 1666217 w 8097183"/>
+              <a:gd name="connsiteY24" fmla="*/ 4466563 h 4466563"/>
+              <a:gd name="connsiteX25" fmla="*/ 647268 w 8097183"/>
+              <a:gd name="connsiteY25" fmla="*/ 4466563 h 4466563"/>
+              <a:gd name="connsiteX26" fmla="*/ 0 w 8097183"/>
+              <a:gd name="connsiteY26" fmla="*/ 4466563 h 4466563"/>
+              <a:gd name="connsiteX27" fmla="*/ 0 w 8097183"/>
+              <a:gd name="connsiteY27" fmla="*/ 2815615 h 4466563"/>
+              <a:gd name="connsiteX28" fmla="*/ 452417 w 8097183"/>
+              <a:gd name="connsiteY28" fmla="*/ 2815615 h 4466563"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX6" y="connsiteY6"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX7" y="connsiteY7"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX8" y="connsiteY8"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX9" y="connsiteY9"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX10" y="connsiteY10"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX11" y="connsiteY11"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX12" y="connsiteY12"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX13" y="connsiteY13"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX14" y="connsiteY14"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX15" y="connsiteY15"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX16" y="connsiteY16"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX17" y="connsiteY17"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX18" y="connsiteY18"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX19" y="connsiteY19"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX20" y="connsiteY20"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX21" y="connsiteY21"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX22" y="connsiteY22"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX23" y="connsiteY23"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX24" y="connsiteY24"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX25" y="connsiteY25"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX26" y="connsiteY26"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX27" y="connsiteY27"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX28" y="connsiteY28"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="8097183" h="4466563">
+                <a:moveTo>
+                  <a:pt x="452417" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="647268" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1666217" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2313486" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3059015" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3171419" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="4072346" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="4198202" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="4725231" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="4837637" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="5738563" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="5738563" y="4661"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="5780513" y="0"/>
+                  <a:pt x="5822468" y="0"/>
+                  <a:pt x="5864419" y="0"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="7099666" y="0"/>
+                  <a:pt x="8097183" y="997748"/>
+                  <a:pt x="8097183" y="2233280"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="8097183" y="3468811"/>
+                  <a:pt x="7095002" y="4466563"/>
+                  <a:pt x="5864418" y="4466563"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="5822468" y="4466563"/>
+                  <a:pt x="5775853" y="4466563"/>
+                  <a:pt x="5738563" y="4461902"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="5738563" y="4466563"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="4837637" y="4466563"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="4725231" y="4466563"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="4198201" y="4466563"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="4072346" y="4466563"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3171419" y="4466563"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3059014" y="4466563"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2313485" y="4466563"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1666217" y="4466563"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="647268" y="4466563"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="4466563"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="2815615"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="452417" y="2815615"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Slide Number Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7036C250-FBAB-4B59-B7C7-3866450FE598}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="4"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="11708764" y="6546433"/>
+            <a:ext cx="473489" cy="311567"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
+          <a:lstStyle>
+            <a:lvl1pPr algn="ctr">
+              <a:defRPr sz="800">
+                <a:solidFill>
+                  <a:srgbClr val="459597"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:fld id="{9C527BFA-2C0E-4CEC-B6A5-913A56FEF4B4}" type="slidenum">
+              <a:rPr lang="fr-CA" smtClean="0"/>
+              <a:pPr/>
+              <a:t>‹#›</a:t>
+            </a:fld>
+            <a:endParaRPr lang="fr-CA" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Text Placeholder 17">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{382D9EF9-F866-B982-4A32-608F09A8F391}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="23" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="788657" y="5062321"/>
+            <a:ext cx="10614687" cy="1248936"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="2400" b="0" i="0" spc="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr>
+              <a:buNone/>
+              <a:defRPr sz="2000" b="0" i="0" spc="300">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat Light" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr>
+              <a:buNone/>
+              <a:defRPr sz="2000" b="0" i="0" spc="300">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat Light" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr>
+              <a:buNone/>
+              <a:defRPr sz="2000" b="0" i="0" spc="300">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat Light" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr>
+              <a:buNone/>
+              <a:defRPr sz="2000" b="0" i="0" spc="300">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat Light" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0"/>
+              <a:t>Click to type…</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Text Placeholder 23">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B01F4608-B26D-6B1C-7CC5-53B255813DEF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="66" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="16200000">
+            <a:off x="-1247629" y="1257973"/>
+            <a:ext cx="2953721" cy="452458"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="1000" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Photo Credit: </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1010487996"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="2160" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="2" pos="3840" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="1_Font Typecae &amp; Size">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Rectangle 5"/>
           <p:cNvSpPr/>
           <p:nvPr userDrawn="1"/>
@@ -10166,9428 +9635,3026 @@
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:extLst>
     <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
         <p15:guide id="1" orient="horz" pos="2160" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="FBAE40"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="2" pos="3840" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="FBAE40"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
-  <p:cSld name="Photo/Text Slide 02">
+  <p:cSld name="Text + Device 01">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="19" name="Freeform 18">
+          <p:cNvPr id="11" name="Graphic 27">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{22FF2704-C378-5558-979D-1005C48FBF15}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F14EC81C-8641-E2A9-3384-31AA0CF3A64E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="481429"/>
-            <a:ext cx="3600000" cy="3026366"/>
+            <a:off x="10474836" y="424675"/>
+            <a:ext cx="1540997" cy="3721354"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst>
-              <a:gd name="connsiteX0" fmla="*/ 0 w 4276589"/>
-[...18 lines deleted...]
-              <a:gd name="connsiteY9" fmla="*/ 0 h 3026366"/>
+              <a:gd name="connsiteX0" fmla="*/ 1754936 w 3481421"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 8407280"/>
+              <a:gd name="connsiteX1" fmla="*/ 1888039 w 3481421"/>
+              <a:gd name="connsiteY1" fmla="*/ 104943 h 8407280"/>
+              <a:gd name="connsiteX2" fmla="*/ 1888039 w 3481421"/>
+              <a:gd name="connsiteY2" fmla="*/ 133207 h 8407280"/>
+              <a:gd name="connsiteX3" fmla="*/ 2057467 w 3481421"/>
+              <a:gd name="connsiteY3" fmla="*/ 238149 h 8407280"/>
+              <a:gd name="connsiteX4" fmla="*/ 2049391 w 3481421"/>
+              <a:gd name="connsiteY4" fmla="*/ 254310 h 8407280"/>
+              <a:gd name="connsiteX5" fmla="*/ 2460864 w 3481421"/>
+              <a:gd name="connsiteY5" fmla="*/ 520690 h 8407280"/>
+              <a:gd name="connsiteX6" fmla="*/ 2557676 w 3481421"/>
+              <a:gd name="connsiteY6" fmla="*/ 803197 h 8407280"/>
+              <a:gd name="connsiteX7" fmla="*/ 2557676 w 3481421"/>
+              <a:gd name="connsiteY7" fmla="*/ 819357 h 8407280"/>
+              <a:gd name="connsiteX8" fmla="*/ 2614141 w 3481421"/>
+              <a:gd name="connsiteY8" fmla="*/ 811277 h 8407280"/>
+              <a:gd name="connsiteX9" fmla="*/ 3445130 w 3481421"/>
+              <a:gd name="connsiteY9" fmla="*/ 1444956 h 8407280"/>
+              <a:gd name="connsiteX10" fmla="*/ 3481422 w 3481421"/>
+              <a:gd name="connsiteY10" fmla="*/ 1662888 h 8407280"/>
+              <a:gd name="connsiteX11" fmla="*/ 3473379 w 3481421"/>
+              <a:gd name="connsiteY11" fmla="*/ 1662888 h 8407280"/>
+              <a:gd name="connsiteX12" fmla="*/ 3481422 w 3481421"/>
+              <a:gd name="connsiteY12" fmla="*/ 1679049 h 8407280"/>
+              <a:gd name="connsiteX13" fmla="*/ 3481422 w 3481421"/>
+              <a:gd name="connsiteY13" fmla="*/ 1840486 h 8407280"/>
+              <a:gd name="connsiteX14" fmla="*/ 2932790 w 3481421"/>
+              <a:gd name="connsiteY14" fmla="*/ 2857592 h 8407280"/>
+              <a:gd name="connsiteX15" fmla="*/ 2444679 w 3481421"/>
+              <a:gd name="connsiteY15" fmla="*/ 3152236 h 8407280"/>
+              <a:gd name="connsiteX16" fmla="*/ 2368041 w 3481421"/>
+              <a:gd name="connsiteY16" fmla="*/ 3313673 h 8407280"/>
+              <a:gd name="connsiteX17" fmla="*/ 2424506 w 3481421"/>
+              <a:gd name="connsiteY17" fmla="*/ 3370168 h 8407280"/>
+              <a:gd name="connsiteX18" fmla="*/ 2416430 w 3481421"/>
+              <a:gd name="connsiteY18" fmla="*/ 3349984 h 8407280"/>
+              <a:gd name="connsiteX19" fmla="*/ 2416430 w 3481421"/>
+              <a:gd name="connsiteY19" fmla="*/ 3313673 h 8407280"/>
+              <a:gd name="connsiteX20" fmla="*/ 2537436 w 3481421"/>
+              <a:gd name="connsiteY20" fmla="*/ 3216811 h 8407280"/>
+              <a:gd name="connsiteX21" fmla="*/ 2678648 w 3481421"/>
+              <a:gd name="connsiteY21" fmla="*/ 3341937 h 8407280"/>
+              <a:gd name="connsiteX22" fmla="*/ 2678648 w 3481421"/>
+              <a:gd name="connsiteY22" fmla="*/ 3358098 h 8407280"/>
+              <a:gd name="connsiteX23" fmla="*/ 2529393 w 3481421"/>
+              <a:gd name="connsiteY23" fmla="*/ 3588167 h 8407280"/>
+              <a:gd name="connsiteX24" fmla="*/ 2404333 w 3481421"/>
+              <a:gd name="connsiteY24" fmla="*/ 3616431 h 8407280"/>
+              <a:gd name="connsiteX25" fmla="*/ 2093725 w 3481421"/>
+              <a:gd name="connsiteY25" fmla="*/ 3370235 h 8407280"/>
+              <a:gd name="connsiteX26" fmla="*/ 2085649 w 3481421"/>
+              <a:gd name="connsiteY26" fmla="*/ 3321820 h 8407280"/>
+              <a:gd name="connsiteX27" fmla="*/ 2093725 w 3481421"/>
+              <a:gd name="connsiteY27" fmla="*/ 3301636 h 8407280"/>
+              <a:gd name="connsiteX28" fmla="*/ 2093725 w 3481421"/>
+              <a:gd name="connsiteY28" fmla="*/ 3293556 h 8407280"/>
+              <a:gd name="connsiteX29" fmla="*/ 2085649 w 3481421"/>
+              <a:gd name="connsiteY29" fmla="*/ 3293556 h 8407280"/>
+              <a:gd name="connsiteX30" fmla="*/ 1746793 w 3481421"/>
+              <a:gd name="connsiteY30" fmla="*/ 3491338 h 8407280"/>
+              <a:gd name="connsiteX31" fmla="*/ 1387763 w 3481421"/>
+              <a:gd name="connsiteY31" fmla="*/ 3301636 h 8407280"/>
+              <a:gd name="connsiteX32" fmla="*/ 1065025 w 3481421"/>
+              <a:gd name="connsiteY32" fmla="*/ 3616464 h 8407280"/>
+              <a:gd name="connsiteX33" fmla="*/ 802807 w 3481421"/>
+              <a:gd name="connsiteY33" fmla="*/ 3370268 h 8407280"/>
+              <a:gd name="connsiteX34" fmla="*/ 802807 w 3481421"/>
+              <a:gd name="connsiteY34" fmla="*/ 3329901 h 8407280"/>
+              <a:gd name="connsiteX35" fmla="*/ 935910 w 3481421"/>
+              <a:gd name="connsiteY35" fmla="*/ 3216877 h 8407280"/>
+              <a:gd name="connsiteX36" fmla="*/ 943986 w 3481421"/>
+              <a:gd name="connsiteY36" fmla="*/ 3216877 h 8407280"/>
+              <a:gd name="connsiteX37" fmla="*/ 1064992 w 3481421"/>
+              <a:gd name="connsiteY37" fmla="*/ 3321820 h 8407280"/>
+              <a:gd name="connsiteX38" fmla="*/ 1056949 w 3481421"/>
+              <a:gd name="connsiteY38" fmla="*/ 3370235 h 8407280"/>
+              <a:gd name="connsiteX39" fmla="*/ 1064992 w 3481421"/>
+              <a:gd name="connsiteY39" fmla="*/ 3370235 h 8407280"/>
+              <a:gd name="connsiteX40" fmla="*/ 1113414 w 3481421"/>
+              <a:gd name="connsiteY40" fmla="*/ 3313740 h 8407280"/>
+              <a:gd name="connsiteX41" fmla="*/ 726135 w 3481421"/>
+              <a:gd name="connsiteY41" fmla="*/ 2982785 h 8407280"/>
+              <a:gd name="connsiteX42" fmla="*/ 322738 w 3481421"/>
+              <a:gd name="connsiteY42" fmla="*/ 2643750 h 8407280"/>
+              <a:gd name="connsiteX43" fmla="*/ 0 w 3481421"/>
+              <a:gd name="connsiteY43" fmla="*/ 1848633 h 8407280"/>
+              <a:gd name="connsiteX44" fmla="*/ 0 w 3481421"/>
+              <a:gd name="connsiteY44" fmla="*/ 1747714 h 8407280"/>
+              <a:gd name="connsiteX45" fmla="*/ 500209 w 3481421"/>
+              <a:gd name="connsiteY45" fmla="*/ 879942 h 8407280"/>
+              <a:gd name="connsiteX46" fmla="*/ 879412 w 3481421"/>
+              <a:gd name="connsiteY46" fmla="*/ 811311 h 8407280"/>
+              <a:gd name="connsiteX47" fmla="*/ 915703 w 3481421"/>
+              <a:gd name="connsiteY47" fmla="*/ 819391 h 8407280"/>
+              <a:gd name="connsiteX48" fmla="*/ 1423988 w 3481421"/>
+              <a:gd name="connsiteY48" fmla="*/ 246263 h 8407280"/>
+              <a:gd name="connsiteX49" fmla="*/ 1593416 w 3481421"/>
+              <a:gd name="connsiteY49" fmla="*/ 133240 h 8407280"/>
+              <a:gd name="connsiteX50" fmla="*/ 1593416 w 3481421"/>
+              <a:gd name="connsiteY50" fmla="*/ 76679 h 8407280"/>
+              <a:gd name="connsiteX51" fmla="*/ 1754936 w 3481421"/>
+              <a:gd name="connsiteY51" fmla="*/ 0 h 8407280"/>
+              <a:gd name="connsiteX52" fmla="*/ 2065543 w 3481421"/>
+              <a:gd name="connsiteY52" fmla="*/ 7709026 h 8407280"/>
+              <a:gd name="connsiteX53" fmla="*/ 2142215 w 3481421"/>
+              <a:gd name="connsiteY53" fmla="*/ 7709026 h 8407280"/>
+              <a:gd name="connsiteX54" fmla="*/ 2142215 w 3481421"/>
+              <a:gd name="connsiteY54" fmla="*/ 7898728 h 8407280"/>
+              <a:gd name="connsiteX55" fmla="*/ 2275318 w 3481421"/>
+              <a:gd name="connsiteY55" fmla="*/ 7898728 h 8407280"/>
+              <a:gd name="connsiteX56" fmla="*/ 2275318 w 3481421"/>
+              <a:gd name="connsiteY56" fmla="*/ 7709026 h 8407280"/>
+              <a:gd name="connsiteX57" fmla="*/ 2735214 w 3481421"/>
+              <a:gd name="connsiteY57" fmla="*/ 7709026 h 8407280"/>
+              <a:gd name="connsiteX58" fmla="*/ 2735214 w 3481421"/>
+              <a:gd name="connsiteY58" fmla="*/ 8068245 h 8407280"/>
+              <a:gd name="connsiteX59" fmla="*/ 3122492 w 3481421"/>
+              <a:gd name="connsiteY59" fmla="*/ 8068245 h 8407280"/>
+              <a:gd name="connsiteX60" fmla="*/ 3122492 w 3481421"/>
+              <a:gd name="connsiteY60" fmla="*/ 7906774 h 8407280"/>
+              <a:gd name="connsiteX61" fmla="*/ 2860274 w 3481421"/>
+              <a:gd name="connsiteY61" fmla="*/ 7906774 h 8407280"/>
+              <a:gd name="connsiteX62" fmla="*/ 2860274 w 3481421"/>
+              <a:gd name="connsiteY62" fmla="*/ 7709026 h 8407280"/>
+              <a:gd name="connsiteX63" fmla="*/ 3332267 w 3481421"/>
+              <a:gd name="connsiteY63" fmla="*/ 7709026 h 8407280"/>
+              <a:gd name="connsiteX64" fmla="*/ 3332267 w 3481421"/>
+              <a:gd name="connsiteY64" fmla="*/ 8334625 h 8407280"/>
+              <a:gd name="connsiteX65" fmla="*/ 2529527 w 3481421"/>
+              <a:gd name="connsiteY65" fmla="*/ 8334625 h 8407280"/>
+              <a:gd name="connsiteX66" fmla="*/ 2529527 w 3481421"/>
+              <a:gd name="connsiteY66" fmla="*/ 7991567 h 8407280"/>
+              <a:gd name="connsiteX67" fmla="*/ 2404467 w 3481421"/>
+              <a:gd name="connsiteY67" fmla="*/ 7991567 h 8407280"/>
+              <a:gd name="connsiteX68" fmla="*/ 2404467 w 3481421"/>
+              <a:gd name="connsiteY68" fmla="*/ 8334625 h 8407280"/>
+              <a:gd name="connsiteX69" fmla="*/ 1944537 w 3481421"/>
+              <a:gd name="connsiteY69" fmla="*/ 8334625 h 8407280"/>
+              <a:gd name="connsiteX70" fmla="*/ 1944537 w 3481421"/>
+              <a:gd name="connsiteY70" fmla="*/ 7918912 h 8407280"/>
+              <a:gd name="connsiteX71" fmla="*/ 1964711 w 3481421"/>
+              <a:gd name="connsiteY71" fmla="*/ 7898728 h 8407280"/>
+              <a:gd name="connsiteX72" fmla="*/ 2065543 w 3481421"/>
+              <a:gd name="connsiteY72" fmla="*/ 7898728 h 8407280"/>
+              <a:gd name="connsiteX73" fmla="*/ 2065543 w 3481421"/>
+              <a:gd name="connsiteY73" fmla="*/ 7709026 h 8407280"/>
+              <a:gd name="connsiteX74" fmla="*/ 1944537 w 3481421"/>
+              <a:gd name="connsiteY74" fmla="*/ 6946197 h 8407280"/>
+              <a:gd name="connsiteX75" fmla="*/ 2404433 w 3481421"/>
+              <a:gd name="connsiteY75" fmla="*/ 6946197 h 8407280"/>
+              <a:gd name="connsiteX76" fmla="*/ 2404433 w 3481421"/>
+              <a:gd name="connsiteY76" fmla="*/ 7285233 h 8407280"/>
+              <a:gd name="connsiteX77" fmla="*/ 2529494 w 3481421"/>
+              <a:gd name="connsiteY77" fmla="*/ 7285233 h 8407280"/>
+              <a:gd name="connsiteX78" fmla="*/ 2529494 w 3481421"/>
+              <a:gd name="connsiteY78" fmla="*/ 6946197 h 8407280"/>
+              <a:gd name="connsiteX79" fmla="*/ 3332234 w 3481421"/>
+              <a:gd name="connsiteY79" fmla="*/ 6946197 h 8407280"/>
+              <a:gd name="connsiteX80" fmla="*/ 3332234 w 3481421"/>
+              <a:gd name="connsiteY80" fmla="*/ 7567772 h 8407280"/>
+              <a:gd name="connsiteX81" fmla="*/ 2860241 w 3481421"/>
+              <a:gd name="connsiteY81" fmla="*/ 7567772 h 8407280"/>
+              <a:gd name="connsiteX82" fmla="*/ 2860241 w 3481421"/>
+              <a:gd name="connsiteY82" fmla="*/ 7369991 h 8407280"/>
+              <a:gd name="connsiteX83" fmla="*/ 3122459 w 3481421"/>
+              <a:gd name="connsiteY83" fmla="*/ 7369991 h 8407280"/>
+              <a:gd name="connsiteX84" fmla="*/ 3122459 w 3481421"/>
+              <a:gd name="connsiteY84" fmla="*/ 7208554 h 8407280"/>
+              <a:gd name="connsiteX85" fmla="*/ 2735180 w 3481421"/>
+              <a:gd name="connsiteY85" fmla="*/ 7208554 h 8407280"/>
+              <a:gd name="connsiteX86" fmla="*/ 2735180 w 3481421"/>
+              <a:gd name="connsiteY86" fmla="*/ 7567772 h 8407280"/>
+              <a:gd name="connsiteX87" fmla="*/ 2275318 w 3481421"/>
+              <a:gd name="connsiteY87" fmla="*/ 7567772 h 8407280"/>
+              <a:gd name="connsiteX88" fmla="*/ 2275318 w 3481421"/>
+              <a:gd name="connsiteY88" fmla="*/ 7378071 h 8407280"/>
+              <a:gd name="connsiteX89" fmla="*/ 2142215 w 3481421"/>
+              <a:gd name="connsiteY89" fmla="*/ 7378071 h 8407280"/>
+              <a:gd name="connsiteX90" fmla="*/ 2142215 w 3481421"/>
+              <a:gd name="connsiteY90" fmla="*/ 7567772 h 8407280"/>
+              <a:gd name="connsiteX91" fmla="*/ 2065543 w 3481421"/>
+              <a:gd name="connsiteY91" fmla="*/ 7567772 h 8407280"/>
+              <a:gd name="connsiteX92" fmla="*/ 2065543 w 3481421"/>
+              <a:gd name="connsiteY92" fmla="*/ 7378071 h 8407280"/>
+              <a:gd name="connsiteX93" fmla="*/ 1944537 w 3481421"/>
+              <a:gd name="connsiteY93" fmla="*/ 7378071 h 8407280"/>
+              <a:gd name="connsiteX94" fmla="*/ 1944537 w 3481421"/>
+              <a:gd name="connsiteY94" fmla="*/ 6946197 h 8407280"/>
+              <a:gd name="connsiteX95" fmla="*/ 1282943 w 3481421"/>
+              <a:gd name="connsiteY95" fmla="*/ 774933 h 8407280"/>
+              <a:gd name="connsiteX96" fmla="*/ 1395906 w 3481421"/>
+              <a:gd name="connsiteY96" fmla="*/ 867772 h 8407280"/>
+              <a:gd name="connsiteX97" fmla="*/ 1480620 w 3481421"/>
+              <a:gd name="connsiteY97" fmla="*/ 944484 h 8407280"/>
+              <a:gd name="connsiteX98" fmla="*/ 1480620 w 3481421"/>
+              <a:gd name="connsiteY98" fmla="*/ 972748 h 8407280"/>
+              <a:gd name="connsiteX99" fmla="*/ 1303116 w 3481421"/>
+              <a:gd name="connsiteY99" fmla="*/ 1085771 h 8407280"/>
+              <a:gd name="connsiteX100" fmla="*/ 1182110 w 3481421"/>
+              <a:gd name="connsiteY100" fmla="*/ 1057507 h 8407280"/>
+              <a:gd name="connsiteX101" fmla="*/ 1182110 w 3481421"/>
+              <a:gd name="connsiteY101" fmla="*/ 1065587 h 8407280"/>
+              <a:gd name="connsiteX102" fmla="*/ 1311192 w 3481421"/>
+              <a:gd name="connsiteY102" fmla="*/ 1331967 h 8407280"/>
+              <a:gd name="connsiteX103" fmla="*/ 1311192 w 3481421"/>
+              <a:gd name="connsiteY103" fmla="*/ 1388495 h 8407280"/>
+              <a:gd name="connsiteX104" fmla="*/ 1036877 w 3481421"/>
+              <a:gd name="connsiteY104" fmla="*/ 1784025 h 8407280"/>
+              <a:gd name="connsiteX105" fmla="*/ 944086 w 3481421"/>
+              <a:gd name="connsiteY105" fmla="*/ 1804209 h 8407280"/>
+              <a:gd name="connsiteX106" fmla="*/ 669771 w 3481421"/>
+              <a:gd name="connsiteY106" fmla="*/ 1566093 h 8407280"/>
+              <a:gd name="connsiteX107" fmla="*/ 839199 w 3481421"/>
+              <a:gd name="connsiteY107" fmla="*/ 1432886 h 8407280"/>
+              <a:gd name="connsiteX108" fmla="*/ 895664 w 3481421"/>
+              <a:gd name="connsiteY108" fmla="*/ 1432886 h 8407280"/>
+              <a:gd name="connsiteX109" fmla="*/ 1028801 w 3481421"/>
+              <a:gd name="connsiteY109" fmla="*/ 1529749 h 8407280"/>
+              <a:gd name="connsiteX110" fmla="*/ 1036843 w 3481421"/>
+              <a:gd name="connsiteY110" fmla="*/ 1529749 h 8407280"/>
+              <a:gd name="connsiteX111" fmla="*/ 1036843 w 3481421"/>
+              <a:gd name="connsiteY111" fmla="*/ 1509565 h 8407280"/>
+              <a:gd name="connsiteX112" fmla="*/ 879512 w 3481421"/>
+              <a:gd name="connsiteY112" fmla="*/ 1388495 h 8407280"/>
+              <a:gd name="connsiteX113" fmla="*/ 464017 w 3481421"/>
+              <a:gd name="connsiteY113" fmla="*/ 1840520 h 8407280"/>
+              <a:gd name="connsiteX114" fmla="*/ 472060 w 3481421"/>
+              <a:gd name="connsiteY114" fmla="*/ 1848600 h 8407280"/>
+              <a:gd name="connsiteX115" fmla="*/ 464017 w 3481421"/>
+              <a:gd name="connsiteY115" fmla="*/ 1897014 h 8407280"/>
+              <a:gd name="connsiteX116" fmla="*/ 464017 w 3481421"/>
+              <a:gd name="connsiteY116" fmla="*/ 1981773 h 8407280"/>
+              <a:gd name="connsiteX117" fmla="*/ 472060 w 3481421"/>
+              <a:gd name="connsiteY117" fmla="*/ 2001957 h 8407280"/>
+              <a:gd name="connsiteX118" fmla="*/ 464017 w 3481421"/>
+              <a:gd name="connsiteY118" fmla="*/ 2001957 h 8407280"/>
+              <a:gd name="connsiteX119" fmla="*/ 681835 w 3481421"/>
+              <a:gd name="connsiteY119" fmla="*/ 2518590 h 8407280"/>
+              <a:gd name="connsiteX120" fmla="*/ 1198195 w 3481421"/>
+              <a:gd name="connsiteY120" fmla="*/ 2906039 h 8407280"/>
+              <a:gd name="connsiteX121" fmla="*/ 1226445 w 3481421"/>
+              <a:gd name="connsiteY121" fmla="*/ 2906039 h 8407280"/>
+              <a:gd name="connsiteX122" fmla="*/ 1379721 w 3481421"/>
+              <a:gd name="connsiteY122" fmla="*/ 2829361 h 8407280"/>
+              <a:gd name="connsiteX123" fmla="*/ 1266757 w 3481421"/>
+              <a:gd name="connsiteY123" fmla="*/ 2744602 h 8407280"/>
+              <a:gd name="connsiteX124" fmla="*/ 1416012 w 3481421"/>
+              <a:gd name="connsiteY124" fmla="*/ 2623532 h 8407280"/>
+              <a:gd name="connsiteX125" fmla="*/ 1585441 w 3481421"/>
+              <a:gd name="connsiteY125" fmla="*/ 2784970 h 8407280"/>
+              <a:gd name="connsiteX126" fmla="*/ 1528976 w 3481421"/>
+              <a:gd name="connsiteY126" fmla="*/ 2926257 h 8407280"/>
+              <a:gd name="connsiteX127" fmla="*/ 1746793 w 3481421"/>
+              <a:gd name="connsiteY127" fmla="*/ 2869729 h 8407280"/>
+              <a:gd name="connsiteX128" fmla="*/ 1952513 w 3481421"/>
+              <a:gd name="connsiteY128" fmla="*/ 2926257 h 8407280"/>
+              <a:gd name="connsiteX129" fmla="*/ 1952513 w 3481421"/>
+              <a:gd name="connsiteY129" fmla="*/ 2918177 h 8407280"/>
+              <a:gd name="connsiteX130" fmla="*/ 1896048 w 3481421"/>
+              <a:gd name="connsiteY130" fmla="*/ 2784970 h 8407280"/>
+              <a:gd name="connsiteX131" fmla="*/ 1896048 w 3481421"/>
+              <a:gd name="connsiteY131" fmla="*/ 2764786 h 8407280"/>
+              <a:gd name="connsiteX132" fmla="*/ 2077573 w 3481421"/>
+              <a:gd name="connsiteY132" fmla="*/ 2623532 h 8407280"/>
+              <a:gd name="connsiteX133" fmla="*/ 2206655 w 3481421"/>
+              <a:gd name="connsiteY133" fmla="*/ 2744602 h 8407280"/>
+              <a:gd name="connsiteX134" fmla="*/ 2206655 w 3481421"/>
+              <a:gd name="connsiteY134" fmla="*/ 2756706 h 8407280"/>
+              <a:gd name="connsiteX135" fmla="*/ 2105789 w 3481421"/>
+              <a:gd name="connsiteY135" fmla="*/ 2829361 h 8407280"/>
+              <a:gd name="connsiteX136" fmla="*/ 2275217 w 3481421"/>
+              <a:gd name="connsiteY136" fmla="*/ 2906039 h 8407280"/>
+              <a:gd name="connsiteX137" fmla="*/ 2888389 w 3481421"/>
+              <a:gd name="connsiteY137" fmla="*/ 2389440 h 8407280"/>
+              <a:gd name="connsiteX138" fmla="*/ 3009395 w 3481421"/>
+              <a:gd name="connsiteY138" fmla="*/ 1961589 h 8407280"/>
+              <a:gd name="connsiteX139" fmla="*/ 3009395 w 3481421"/>
+              <a:gd name="connsiteY139" fmla="*/ 1868750 h 8407280"/>
+              <a:gd name="connsiteX140" fmla="*/ 2839967 w 3481421"/>
+              <a:gd name="connsiteY140" fmla="*/ 1453036 h 8407280"/>
+              <a:gd name="connsiteX141" fmla="*/ 2585824 w 3481421"/>
+              <a:gd name="connsiteY141" fmla="*/ 1388461 h 8407280"/>
+              <a:gd name="connsiteX142" fmla="*/ 2444612 w 3481421"/>
+              <a:gd name="connsiteY142" fmla="*/ 1509531 h 8407280"/>
+              <a:gd name="connsiteX143" fmla="*/ 2444612 w 3481421"/>
+              <a:gd name="connsiteY143" fmla="*/ 1517578 h 8407280"/>
+              <a:gd name="connsiteX144" fmla="*/ 2452688 w 3481421"/>
+              <a:gd name="connsiteY144" fmla="*/ 1517578 h 8407280"/>
+              <a:gd name="connsiteX145" fmla="*/ 2585824 w 3481421"/>
+              <a:gd name="connsiteY145" fmla="*/ 1432819 h 8407280"/>
+              <a:gd name="connsiteX146" fmla="*/ 2634213 w 3481421"/>
+              <a:gd name="connsiteY146" fmla="*/ 1432819 h 8407280"/>
+              <a:gd name="connsiteX147" fmla="*/ 2811717 w 3481421"/>
+              <a:gd name="connsiteY147" fmla="*/ 1566026 h 8407280"/>
+              <a:gd name="connsiteX148" fmla="*/ 2803642 w 3481421"/>
+              <a:gd name="connsiteY148" fmla="*/ 1566026 h 8407280"/>
+              <a:gd name="connsiteX149" fmla="*/ 2811717 w 3481421"/>
+              <a:gd name="connsiteY149" fmla="*/ 1586210 h 8407280"/>
+              <a:gd name="connsiteX150" fmla="*/ 2537402 w 3481421"/>
+              <a:gd name="connsiteY150" fmla="*/ 1804142 h 8407280"/>
+              <a:gd name="connsiteX151" fmla="*/ 2170330 w 3481421"/>
+              <a:gd name="connsiteY151" fmla="*/ 1461083 h 8407280"/>
+              <a:gd name="connsiteX152" fmla="*/ 2162254 w 3481421"/>
+              <a:gd name="connsiteY152" fmla="*/ 1376324 h 8407280"/>
+              <a:gd name="connsiteX153" fmla="*/ 2303433 w 3481421"/>
+              <a:gd name="connsiteY153" fmla="*/ 1057473 h 8407280"/>
+              <a:gd name="connsiteX154" fmla="*/ 2170330 w 3481421"/>
+              <a:gd name="connsiteY154" fmla="*/ 1085737 h 8407280"/>
+              <a:gd name="connsiteX155" fmla="*/ 2150157 w 3481421"/>
+              <a:gd name="connsiteY155" fmla="*/ 1085737 h 8407280"/>
+              <a:gd name="connsiteX156" fmla="*/ 1992826 w 3481421"/>
+              <a:gd name="connsiteY156" fmla="*/ 964668 h 8407280"/>
+              <a:gd name="connsiteX157" fmla="*/ 2162254 w 3481421"/>
+              <a:gd name="connsiteY157" fmla="*/ 859725 h 8407280"/>
+              <a:gd name="connsiteX158" fmla="*/ 2190503 w 3481421"/>
+              <a:gd name="connsiteY158" fmla="*/ 783047 h 8407280"/>
+              <a:gd name="connsiteX159" fmla="*/ 2190503 w 3481421"/>
+              <a:gd name="connsiteY159" fmla="*/ 754782 h 8407280"/>
+              <a:gd name="connsiteX160" fmla="*/ 1992859 w 3481421"/>
+              <a:gd name="connsiteY160" fmla="*/ 577185 h 8407280"/>
+              <a:gd name="connsiteX161" fmla="*/ 1726620 w 3481421"/>
+              <a:gd name="connsiteY161" fmla="*/ 678104 h 8407280"/>
+              <a:gd name="connsiteX162" fmla="*/ 1472477 w 3481421"/>
+              <a:gd name="connsiteY162" fmla="*/ 577185 h 8407280"/>
+              <a:gd name="connsiteX163" fmla="*/ 1282943 w 3481421"/>
+              <a:gd name="connsiteY163" fmla="*/ 774933 h 8407280"/>
+              <a:gd name="connsiteX164" fmla="*/ 2037294 w 3481421"/>
+              <a:gd name="connsiteY164" fmla="*/ 2990798 h 8407280"/>
+              <a:gd name="connsiteX165" fmla="*/ 2037294 w 3481421"/>
+              <a:gd name="connsiteY165" fmla="*/ 3002902 h 8407280"/>
+              <a:gd name="connsiteX166" fmla="*/ 2113966 w 3481421"/>
+              <a:gd name="connsiteY166" fmla="*/ 3180500 h 8407280"/>
+              <a:gd name="connsiteX167" fmla="*/ 2113966 w 3481421"/>
+              <a:gd name="connsiteY167" fmla="*/ 3228914 h 8407280"/>
+              <a:gd name="connsiteX168" fmla="*/ 2291470 w 3481421"/>
+              <a:gd name="connsiteY168" fmla="*/ 3039213 h 8407280"/>
+              <a:gd name="connsiteX169" fmla="*/ 2037294 w 3481421"/>
+              <a:gd name="connsiteY169" fmla="*/ 2990798 h 8407280"/>
+              <a:gd name="connsiteX170" fmla="*/ 1480620 w 3481421"/>
+              <a:gd name="connsiteY170" fmla="*/ 3999823 h 8407280"/>
+              <a:gd name="connsiteX171" fmla="*/ 1706547 w 3481421"/>
+              <a:gd name="connsiteY171" fmla="*/ 4028088 h 8407280"/>
+              <a:gd name="connsiteX172" fmla="*/ 1763012 w 3481421"/>
+              <a:gd name="connsiteY172" fmla="*/ 4028088 h 8407280"/>
+              <a:gd name="connsiteX173" fmla="*/ 1992960 w 3481421"/>
+              <a:gd name="connsiteY173" fmla="*/ 3999823 h 8407280"/>
+              <a:gd name="connsiteX174" fmla="*/ 2134139 w 3481421"/>
+              <a:gd name="connsiteY174" fmla="*/ 4274284 h 8407280"/>
+              <a:gd name="connsiteX175" fmla="*/ 2122042 w 3481421"/>
+              <a:gd name="connsiteY175" fmla="*/ 4274284 h 8407280"/>
+              <a:gd name="connsiteX176" fmla="*/ 2134139 w 3481421"/>
+              <a:gd name="connsiteY176" fmla="*/ 4294468 h 8407280"/>
+              <a:gd name="connsiteX177" fmla="*/ 2134139 w 3481421"/>
+              <a:gd name="connsiteY177" fmla="*/ 4322732 h 8407280"/>
+              <a:gd name="connsiteX178" fmla="*/ 2122042 w 3481421"/>
+              <a:gd name="connsiteY178" fmla="*/ 4342916 h 8407280"/>
+              <a:gd name="connsiteX179" fmla="*/ 2134139 w 3481421"/>
+              <a:gd name="connsiteY179" fmla="*/ 4342916 h 8407280"/>
+              <a:gd name="connsiteX180" fmla="*/ 1908212 w 3481421"/>
+              <a:gd name="connsiteY180" fmla="*/ 4928180 h 8407280"/>
+              <a:gd name="connsiteX181" fmla="*/ 1734763 w 3481421"/>
+              <a:gd name="connsiteY181" fmla="*/ 4944307 h 8407280"/>
+              <a:gd name="connsiteX182" fmla="*/ 1549182 w 3481421"/>
+              <a:gd name="connsiteY182" fmla="*/ 4895893 h 8407280"/>
+              <a:gd name="connsiteX183" fmla="*/ 1339408 w 3481421"/>
+              <a:gd name="connsiteY183" fmla="*/ 4302581 h 8407280"/>
+              <a:gd name="connsiteX184" fmla="*/ 1480620 w 3481421"/>
+              <a:gd name="connsiteY184" fmla="*/ 3999823 h 8407280"/>
+              <a:gd name="connsiteX185" fmla="*/ 1408003 w 3481421"/>
+              <a:gd name="connsiteY185" fmla="*/ 3398432 h 8407280"/>
+              <a:gd name="connsiteX186" fmla="*/ 1416079 w 3481421"/>
+              <a:gd name="connsiteY186" fmla="*/ 3398432 h 8407280"/>
+              <a:gd name="connsiteX187" fmla="*/ 1734763 w 3481421"/>
+              <a:gd name="connsiteY187" fmla="*/ 3527582 h 8407280"/>
+              <a:gd name="connsiteX188" fmla="*/ 2057501 w 3481421"/>
+              <a:gd name="connsiteY188" fmla="*/ 3398432 h 8407280"/>
+              <a:gd name="connsiteX189" fmla="*/ 2057501 w 3481421"/>
+              <a:gd name="connsiteY189" fmla="*/ 3414559 h 8407280"/>
+              <a:gd name="connsiteX190" fmla="*/ 1980829 w 3481421"/>
+              <a:gd name="connsiteY190" fmla="*/ 3559869 h 8407280"/>
+              <a:gd name="connsiteX191" fmla="*/ 2029251 w 3481421"/>
+              <a:gd name="connsiteY191" fmla="*/ 3604260 h 8407280"/>
+              <a:gd name="connsiteX192" fmla="*/ 1718611 w 3481421"/>
+              <a:gd name="connsiteY192" fmla="*/ 3689019 h 8407280"/>
+              <a:gd name="connsiteX193" fmla="*/ 1444295 w 3481421"/>
+              <a:gd name="connsiteY193" fmla="*/ 3604260 h 8407280"/>
+              <a:gd name="connsiteX194" fmla="*/ 1492718 w 3481421"/>
+              <a:gd name="connsiteY194" fmla="*/ 3559869 h 8407280"/>
+              <a:gd name="connsiteX195" fmla="*/ 1408003 w 3481421"/>
+              <a:gd name="connsiteY195" fmla="*/ 3398432 h 8407280"/>
+              <a:gd name="connsiteX196" fmla="*/ 1508836 w 3481421"/>
+              <a:gd name="connsiteY196" fmla="*/ 3680972 h 8407280"/>
+              <a:gd name="connsiteX197" fmla="*/ 1734763 w 3481421"/>
+              <a:gd name="connsiteY197" fmla="*/ 3709236 h 8407280"/>
+              <a:gd name="connsiteX198" fmla="*/ 1964711 w 3481421"/>
+              <a:gd name="connsiteY198" fmla="*/ 3680972 h 8407280"/>
+              <a:gd name="connsiteX199" fmla="*/ 2037294 w 3481421"/>
+              <a:gd name="connsiteY199" fmla="*/ 3757651 h 8407280"/>
+              <a:gd name="connsiteX200" fmla="*/ 1775076 w 3481421"/>
+              <a:gd name="connsiteY200" fmla="*/ 3878720 h 8407280"/>
+              <a:gd name="connsiteX201" fmla="*/ 1706514 w 3481421"/>
+              <a:gd name="connsiteY201" fmla="*/ 3878720 h 8407280"/>
+              <a:gd name="connsiteX202" fmla="*/ 1436253 w 3481421"/>
+              <a:gd name="connsiteY202" fmla="*/ 3757651 h 8407280"/>
+              <a:gd name="connsiteX203" fmla="*/ 1508836 w 3481421"/>
+              <a:gd name="connsiteY203" fmla="*/ 3680972 h 8407280"/>
+              <a:gd name="connsiteX204" fmla="*/ 2021175 w 3481421"/>
+              <a:gd name="connsiteY204" fmla="*/ 238116 h 8407280"/>
+              <a:gd name="connsiteX205" fmla="*/ 2021175 w 3481421"/>
+              <a:gd name="connsiteY205" fmla="*/ 246196 h 8407280"/>
+              <a:gd name="connsiteX206" fmla="*/ 2037294 w 3481421"/>
+              <a:gd name="connsiteY206" fmla="*/ 246196 h 8407280"/>
+              <a:gd name="connsiteX207" fmla="*/ 2037294 w 3481421"/>
+              <a:gd name="connsiteY207" fmla="*/ 238116 h 8407280"/>
+              <a:gd name="connsiteX208" fmla="*/ 2021175 w 3481421"/>
+              <a:gd name="connsiteY208" fmla="*/ 238116 h 8407280"/>
+              <a:gd name="connsiteX209" fmla="*/ 1500794 w 3481421"/>
+              <a:gd name="connsiteY209" fmla="*/ 3870640 h 8407280"/>
+              <a:gd name="connsiteX210" fmla="*/ 1706547 w 3481421"/>
+              <a:gd name="connsiteY210" fmla="*/ 3898904 h 8407280"/>
+              <a:gd name="connsiteX211" fmla="*/ 1763012 w 3481421"/>
+              <a:gd name="connsiteY211" fmla="*/ 3898904 h 8407280"/>
+              <a:gd name="connsiteX212" fmla="*/ 1972753 w 3481421"/>
+              <a:gd name="connsiteY212" fmla="*/ 3870640 h 8407280"/>
+              <a:gd name="connsiteX213" fmla="*/ 2029251 w 3481421"/>
+              <a:gd name="connsiteY213" fmla="*/ 3927168 h 8407280"/>
+              <a:gd name="connsiteX214" fmla="*/ 1791228 w 3481421"/>
+              <a:gd name="connsiteY214" fmla="*/ 3999790 h 8407280"/>
+              <a:gd name="connsiteX215" fmla="*/ 1690362 w 3481421"/>
+              <a:gd name="connsiteY215" fmla="*/ 3999790 h 8407280"/>
+              <a:gd name="connsiteX216" fmla="*/ 1444295 w 3481421"/>
+              <a:gd name="connsiteY216" fmla="*/ 3906951 h 8407280"/>
+              <a:gd name="connsiteX217" fmla="*/ 1500794 w 3481421"/>
+              <a:gd name="connsiteY217" fmla="*/ 3870640 h 8407280"/>
+              <a:gd name="connsiteX218" fmla="*/ 1972753 w 3481421"/>
+              <a:gd name="connsiteY218" fmla="*/ 226012 h 8407280"/>
+              <a:gd name="connsiteX219" fmla="*/ 1972753 w 3481421"/>
+              <a:gd name="connsiteY219" fmla="*/ 238116 h 8407280"/>
+              <a:gd name="connsiteX220" fmla="*/ 2001002 w 3481421"/>
+              <a:gd name="connsiteY220" fmla="*/ 238116 h 8407280"/>
+              <a:gd name="connsiteX221" fmla="*/ 2001002 w 3481421"/>
+              <a:gd name="connsiteY221" fmla="*/ 226012 h 8407280"/>
+              <a:gd name="connsiteX222" fmla="*/ 1972753 w 3481421"/>
+              <a:gd name="connsiteY222" fmla="*/ 226012 h 8407280"/>
+              <a:gd name="connsiteX223" fmla="*/ 1557258 w 3481421"/>
+              <a:gd name="connsiteY223" fmla="*/ 5069400 h 8407280"/>
+              <a:gd name="connsiteX224" fmla="*/ 1746860 w 3481421"/>
+              <a:gd name="connsiteY224" fmla="*/ 5085561 h 8407280"/>
+              <a:gd name="connsiteX225" fmla="*/ 1924364 w 3481421"/>
+              <a:gd name="connsiteY225" fmla="*/ 5069400 h 8407280"/>
+              <a:gd name="connsiteX226" fmla="*/ 1972753 w 3481421"/>
+              <a:gd name="connsiteY226" fmla="*/ 5339804 h 8407280"/>
+              <a:gd name="connsiteX227" fmla="*/ 1972753 w 3481421"/>
+              <a:gd name="connsiteY227" fmla="*/ 5359988 h 8407280"/>
+              <a:gd name="connsiteX228" fmla="*/ 1980829 w 3481421"/>
+              <a:gd name="connsiteY228" fmla="*/ 5368068 h 8407280"/>
+              <a:gd name="connsiteX229" fmla="*/ 1972753 w 3481421"/>
+              <a:gd name="connsiteY229" fmla="*/ 5380171 h 8407280"/>
+              <a:gd name="connsiteX230" fmla="*/ 1980829 w 3481421"/>
+              <a:gd name="connsiteY230" fmla="*/ 5493194 h 8407280"/>
+              <a:gd name="connsiteX231" fmla="*/ 1980829 w 3481421"/>
+              <a:gd name="connsiteY231" fmla="*/ 5501241 h 8407280"/>
+              <a:gd name="connsiteX232" fmla="*/ 1972753 w 3481421"/>
+              <a:gd name="connsiteY232" fmla="*/ 5586000 h 8407280"/>
+              <a:gd name="connsiteX233" fmla="*/ 1980829 w 3481421"/>
+              <a:gd name="connsiteY233" fmla="*/ 5598103 h 8407280"/>
+              <a:gd name="connsiteX234" fmla="*/ 1972753 w 3481421"/>
+              <a:gd name="connsiteY234" fmla="*/ 5662678 h 8407280"/>
+              <a:gd name="connsiteX235" fmla="*/ 1972753 w 3481421"/>
+              <a:gd name="connsiteY235" fmla="*/ 5775701 h 8407280"/>
+              <a:gd name="connsiteX236" fmla="*/ 1964711 w 3481421"/>
+              <a:gd name="connsiteY236" fmla="*/ 5783782 h 8407280"/>
+              <a:gd name="connsiteX237" fmla="*/ 1972753 w 3481421"/>
+              <a:gd name="connsiteY237" fmla="*/ 5795885 h 8407280"/>
+              <a:gd name="connsiteX238" fmla="*/ 1952580 w 3481421"/>
+              <a:gd name="connsiteY238" fmla="*/ 5916955 h 8407280"/>
+              <a:gd name="connsiteX239" fmla="*/ 1964677 w 3481421"/>
+              <a:gd name="connsiteY239" fmla="*/ 5916955 h 8407280"/>
+              <a:gd name="connsiteX240" fmla="*/ 1908179 w 3481421"/>
+              <a:gd name="connsiteY240" fmla="*/ 6114736 h 8407280"/>
+              <a:gd name="connsiteX241" fmla="*/ 1734729 w 3481421"/>
+              <a:gd name="connsiteY241" fmla="*/ 6134920 h 8407280"/>
+              <a:gd name="connsiteX242" fmla="*/ 1529009 w 3481421"/>
+              <a:gd name="connsiteY242" fmla="*/ 6066322 h 8407280"/>
+              <a:gd name="connsiteX243" fmla="*/ 1492718 w 3481421"/>
+              <a:gd name="connsiteY243" fmla="*/ 5481057 h 8407280"/>
+              <a:gd name="connsiteX244" fmla="*/ 1557258 w 3481421"/>
+              <a:gd name="connsiteY244" fmla="*/ 5069400 h 8407280"/>
+              <a:gd name="connsiteX245" fmla="*/ 1549216 w 3481421"/>
+              <a:gd name="connsiteY245" fmla="*/ 4936194 h 8407280"/>
+              <a:gd name="connsiteX246" fmla="*/ 1734796 w 3481421"/>
+              <a:gd name="connsiteY246" fmla="*/ 4964458 h 8407280"/>
+              <a:gd name="connsiteX247" fmla="*/ 1916322 w 3481421"/>
+              <a:gd name="connsiteY247" fmla="*/ 4936194 h 8407280"/>
+              <a:gd name="connsiteX248" fmla="*/ 1972786 w 3481421"/>
+              <a:gd name="connsiteY248" fmla="*/ 5000768 h 8407280"/>
+              <a:gd name="connsiteX249" fmla="*/ 1734796 w 3481421"/>
+              <a:gd name="connsiteY249" fmla="*/ 5077481 h 8407280"/>
+              <a:gd name="connsiteX250" fmla="*/ 1500827 w 3481421"/>
+              <a:gd name="connsiteY250" fmla="*/ 5000768 h 8407280"/>
+              <a:gd name="connsiteX251" fmla="*/ 1500827 w 3481421"/>
+              <a:gd name="connsiteY251" fmla="*/ 4984641 h 8407280"/>
+              <a:gd name="connsiteX252" fmla="*/ 1549216 w 3481421"/>
+              <a:gd name="connsiteY252" fmla="*/ 4936194 h 8407280"/>
+              <a:gd name="connsiteX253" fmla="*/ 1549216 w 3481421"/>
+              <a:gd name="connsiteY253" fmla="*/ 6122816 h 8407280"/>
+              <a:gd name="connsiteX254" fmla="*/ 1734796 w 3481421"/>
+              <a:gd name="connsiteY254" fmla="*/ 6151081 h 8407280"/>
+              <a:gd name="connsiteX255" fmla="*/ 1936495 w 3481421"/>
+              <a:gd name="connsiteY255" fmla="*/ 6122816 h 8407280"/>
+              <a:gd name="connsiteX256" fmla="*/ 1952613 w 3481421"/>
+              <a:gd name="connsiteY256" fmla="*/ 6151081 h 8407280"/>
+              <a:gd name="connsiteX257" fmla="*/ 1952613 w 3481421"/>
+              <a:gd name="connsiteY257" fmla="*/ 6171265 h 8407280"/>
+              <a:gd name="connsiteX258" fmla="*/ 1734796 w 3481421"/>
+              <a:gd name="connsiteY258" fmla="*/ 6235840 h 8407280"/>
+              <a:gd name="connsiteX259" fmla="*/ 1521000 w 3481421"/>
+              <a:gd name="connsiteY259" fmla="*/ 6171265 h 8407280"/>
+              <a:gd name="connsiteX260" fmla="*/ 1521000 w 3481421"/>
+              <a:gd name="connsiteY260" fmla="*/ 6151081 h 8407280"/>
+              <a:gd name="connsiteX261" fmla="*/ 1549216 w 3481421"/>
+              <a:gd name="connsiteY261" fmla="*/ 6122816 h 8407280"/>
+              <a:gd name="connsiteX262" fmla="*/ 1924364 w 3481421"/>
+              <a:gd name="connsiteY262" fmla="*/ 217965 h 8407280"/>
+              <a:gd name="connsiteX263" fmla="*/ 1924364 w 3481421"/>
+              <a:gd name="connsiteY263" fmla="*/ 226046 h 8407280"/>
+              <a:gd name="connsiteX264" fmla="*/ 1952613 w 3481421"/>
+              <a:gd name="connsiteY264" fmla="*/ 226046 h 8407280"/>
+              <a:gd name="connsiteX265" fmla="*/ 1952613 w 3481421"/>
+              <a:gd name="connsiteY265" fmla="*/ 217965 h 8407280"/>
+              <a:gd name="connsiteX266" fmla="*/ 1924364 w 3481421"/>
+              <a:gd name="connsiteY266" fmla="*/ 217965 h 8407280"/>
+              <a:gd name="connsiteX267" fmla="*/ 1557258 w 3481421"/>
+              <a:gd name="connsiteY267" fmla="*/ 6227759 h 8407280"/>
+              <a:gd name="connsiteX268" fmla="*/ 1734763 w 3481421"/>
+              <a:gd name="connsiteY268" fmla="*/ 6247943 h 8407280"/>
+              <a:gd name="connsiteX269" fmla="*/ 1916288 w 3481421"/>
+              <a:gd name="connsiteY269" fmla="*/ 6227759 h 8407280"/>
+              <a:gd name="connsiteX270" fmla="*/ 1916288 w 3481421"/>
+              <a:gd name="connsiteY270" fmla="*/ 8391119 h 8407280"/>
+              <a:gd name="connsiteX271" fmla="*/ 1803325 w 3481421"/>
+              <a:gd name="connsiteY271" fmla="*/ 8407280 h 8407280"/>
+              <a:gd name="connsiteX272" fmla="*/ 1670222 w 3481421"/>
+              <a:gd name="connsiteY272" fmla="*/ 8407280 h 8407280"/>
+              <a:gd name="connsiteX273" fmla="*/ 1557258 w 3481421"/>
+              <a:gd name="connsiteY273" fmla="*/ 8391119 h 8407280"/>
+              <a:gd name="connsiteX274" fmla="*/ 1557258 w 3481421"/>
+              <a:gd name="connsiteY274" fmla="*/ 6227759 h 8407280"/>
+              <a:gd name="connsiteX275" fmla="*/ 1839650 w 3481421"/>
+              <a:gd name="connsiteY275" fmla="*/ 209885 h 8407280"/>
+              <a:gd name="connsiteX276" fmla="*/ 1839650 w 3481421"/>
+              <a:gd name="connsiteY276" fmla="*/ 217965 h 8407280"/>
+              <a:gd name="connsiteX277" fmla="*/ 1896115 w 3481421"/>
+              <a:gd name="connsiteY277" fmla="*/ 217965 h 8407280"/>
+              <a:gd name="connsiteX278" fmla="*/ 1896115 w 3481421"/>
+              <a:gd name="connsiteY278" fmla="*/ 209885 h 8407280"/>
+              <a:gd name="connsiteX279" fmla="*/ 1839650 w 3481421"/>
+              <a:gd name="connsiteY279" fmla="*/ 209885 h 8407280"/>
+              <a:gd name="connsiteX280" fmla="*/ 1831574 w 3481421"/>
+              <a:gd name="connsiteY280" fmla="*/ 113023 h 8407280"/>
+              <a:gd name="connsiteX281" fmla="*/ 1831574 w 3481421"/>
+              <a:gd name="connsiteY281" fmla="*/ 121103 h 8407280"/>
+              <a:gd name="connsiteX282" fmla="*/ 1859823 w 3481421"/>
+              <a:gd name="connsiteY282" fmla="*/ 121103 h 8407280"/>
+              <a:gd name="connsiteX283" fmla="*/ 1859823 w 3481421"/>
+              <a:gd name="connsiteY283" fmla="*/ 113023 h 8407280"/>
+              <a:gd name="connsiteX284" fmla="*/ 1831574 w 3481421"/>
+              <a:gd name="connsiteY284" fmla="*/ 113023 h 8407280"/>
+              <a:gd name="connsiteX285" fmla="*/ 1698471 w 3481421"/>
+              <a:gd name="connsiteY285" fmla="*/ 197782 h 8407280"/>
+              <a:gd name="connsiteX286" fmla="*/ 1698471 w 3481421"/>
+              <a:gd name="connsiteY286" fmla="*/ 209885 h 8407280"/>
+              <a:gd name="connsiteX287" fmla="*/ 1783185 w 3481421"/>
+              <a:gd name="connsiteY287" fmla="*/ 209885 h 8407280"/>
+              <a:gd name="connsiteX288" fmla="*/ 1783185 w 3481421"/>
+              <a:gd name="connsiteY288" fmla="*/ 197782 h 8407280"/>
+              <a:gd name="connsiteX289" fmla="*/ 1698471 w 3481421"/>
+              <a:gd name="connsiteY289" fmla="*/ 197782 h 8407280"/>
+              <a:gd name="connsiteX290" fmla="*/ 1706514 w 3481421"/>
+              <a:gd name="connsiteY290" fmla="*/ 104943 h 8407280"/>
+              <a:gd name="connsiteX291" fmla="*/ 1706514 w 3481421"/>
+              <a:gd name="connsiteY291" fmla="*/ 113023 h 8407280"/>
+              <a:gd name="connsiteX292" fmla="*/ 1775076 w 3481421"/>
+              <a:gd name="connsiteY292" fmla="*/ 113023 h 8407280"/>
+              <a:gd name="connsiteX293" fmla="*/ 1775076 w 3481421"/>
+              <a:gd name="connsiteY293" fmla="*/ 104943 h 8407280"/>
+              <a:gd name="connsiteX294" fmla="*/ 1706514 w 3481421"/>
+              <a:gd name="connsiteY294" fmla="*/ 104943 h 8407280"/>
+              <a:gd name="connsiteX295" fmla="*/ 1621833 w 3481421"/>
+              <a:gd name="connsiteY295" fmla="*/ 113023 h 8407280"/>
+              <a:gd name="connsiteX296" fmla="*/ 1621833 w 3481421"/>
+              <a:gd name="connsiteY296" fmla="*/ 121103 h 8407280"/>
+              <a:gd name="connsiteX297" fmla="*/ 1650082 w 3481421"/>
+              <a:gd name="connsiteY297" fmla="*/ 121103 h 8407280"/>
+              <a:gd name="connsiteX298" fmla="*/ 1650082 w 3481421"/>
+              <a:gd name="connsiteY298" fmla="*/ 113023 h 8407280"/>
+              <a:gd name="connsiteX299" fmla="*/ 1621833 w 3481421"/>
+              <a:gd name="connsiteY299" fmla="*/ 113023 h 8407280"/>
+              <a:gd name="connsiteX300" fmla="*/ 1585508 w 3481421"/>
+              <a:gd name="connsiteY300" fmla="*/ 209885 h 8407280"/>
+              <a:gd name="connsiteX301" fmla="*/ 1585508 w 3481421"/>
+              <a:gd name="connsiteY301" fmla="*/ 217965 h 8407280"/>
+              <a:gd name="connsiteX302" fmla="*/ 1633896 w 3481421"/>
+              <a:gd name="connsiteY302" fmla="*/ 217965 h 8407280"/>
+              <a:gd name="connsiteX303" fmla="*/ 1633896 w 3481421"/>
+              <a:gd name="connsiteY303" fmla="*/ 209885 h 8407280"/>
+              <a:gd name="connsiteX304" fmla="*/ 1585508 w 3481421"/>
+              <a:gd name="connsiteY304" fmla="*/ 209885 h 8407280"/>
+              <a:gd name="connsiteX305" fmla="*/ 1529043 w 3481421"/>
+              <a:gd name="connsiteY305" fmla="*/ 217965 h 8407280"/>
+              <a:gd name="connsiteX306" fmla="*/ 1529043 w 3481421"/>
+              <a:gd name="connsiteY306" fmla="*/ 226046 h 8407280"/>
+              <a:gd name="connsiteX307" fmla="*/ 1557292 w 3481421"/>
+              <a:gd name="connsiteY307" fmla="*/ 226046 h 8407280"/>
+              <a:gd name="connsiteX308" fmla="*/ 1557292 w 3481421"/>
+              <a:gd name="connsiteY308" fmla="*/ 217965 h 8407280"/>
+              <a:gd name="connsiteX309" fmla="*/ 1529043 w 3481421"/>
+              <a:gd name="connsiteY309" fmla="*/ 217965 h 8407280"/>
+              <a:gd name="connsiteX310" fmla="*/ 1480620 w 3481421"/>
+              <a:gd name="connsiteY310" fmla="*/ 226012 h 8407280"/>
+              <a:gd name="connsiteX311" fmla="*/ 1480620 w 3481421"/>
+              <a:gd name="connsiteY311" fmla="*/ 238116 h 8407280"/>
+              <a:gd name="connsiteX312" fmla="*/ 1508869 w 3481421"/>
+              <a:gd name="connsiteY312" fmla="*/ 238116 h 8407280"/>
+              <a:gd name="connsiteX313" fmla="*/ 1508869 w 3481421"/>
+              <a:gd name="connsiteY313" fmla="*/ 226012 h 8407280"/>
+              <a:gd name="connsiteX314" fmla="*/ 1480620 w 3481421"/>
+              <a:gd name="connsiteY314" fmla="*/ 226012 h 8407280"/>
+              <a:gd name="connsiteX315" fmla="*/ 1444295 w 3481421"/>
+              <a:gd name="connsiteY315" fmla="*/ 238116 h 8407280"/>
+              <a:gd name="connsiteX316" fmla="*/ 1444295 w 3481421"/>
+              <a:gd name="connsiteY316" fmla="*/ 246196 h 8407280"/>
+              <a:gd name="connsiteX317" fmla="*/ 1464468 w 3481421"/>
+              <a:gd name="connsiteY317" fmla="*/ 246196 h 8407280"/>
+              <a:gd name="connsiteX318" fmla="*/ 1464468 w 3481421"/>
+              <a:gd name="connsiteY318" fmla="*/ 238116 h 8407280"/>
+              <a:gd name="connsiteX319" fmla="*/ 1444295 w 3481421"/>
+              <a:gd name="connsiteY319" fmla="*/ 238116 h 8407280"/>
+              <a:gd name="connsiteX320" fmla="*/ 1190186 w 3481421"/>
+              <a:gd name="connsiteY320" fmla="*/ 3039213 h 8407280"/>
+              <a:gd name="connsiteX321" fmla="*/ 1359615 w 3481421"/>
+              <a:gd name="connsiteY321" fmla="*/ 3236994 h 8407280"/>
+              <a:gd name="connsiteX322" fmla="*/ 1367691 w 3481421"/>
+              <a:gd name="connsiteY322" fmla="*/ 3236994 h 8407280"/>
+              <a:gd name="connsiteX323" fmla="*/ 1367691 w 3481421"/>
+              <a:gd name="connsiteY323" fmla="*/ 3216811 h 8407280"/>
+              <a:gd name="connsiteX324" fmla="*/ 1359615 w 3481421"/>
+              <a:gd name="connsiteY324" fmla="*/ 3180500 h 8407280"/>
+              <a:gd name="connsiteX325" fmla="*/ 1436286 w 3481421"/>
+              <a:gd name="connsiteY325" fmla="*/ 2990798 h 8407280"/>
+              <a:gd name="connsiteX326" fmla="*/ 1190186 w 3481421"/>
+              <a:gd name="connsiteY326" fmla="*/ 3039213 h 8407280"/>
             </a:gdLst>
             <a:ahLst/>
             <a:cxnLst>
               <a:cxn ang="0">
                 <a:pos x="connsiteX0" y="connsiteY0"/>
               </a:cxn>
               <a:cxn ang="0">
                 <a:pos x="connsiteX1" y="connsiteY1"/>
               </a:cxn>
               <a:cxn ang="0">
                 <a:pos x="connsiteX2" y="connsiteY2"/>
               </a:cxn>
               <a:cxn ang="0">
                 <a:pos x="connsiteX3" y="connsiteY3"/>
               </a:cxn>
               <a:cxn ang="0">
                 <a:pos x="connsiteX4" y="connsiteY4"/>
               </a:cxn>
               <a:cxn ang="0">
                 <a:pos x="connsiteX5" y="connsiteY5"/>
               </a:cxn>
               <a:cxn ang="0">
                 <a:pos x="connsiteX6" y="connsiteY6"/>
               </a:cxn>
               <a:cxn ang="0">
                 <a:pos x="connsiteX7" y="connsiteY7"/>
               </a:cxn>
               <a:cxn ang="0">
                 <a:pos x="connsiteX8" y="connsiteY8"/>
               </a:cxn>
               <a:cxn ang="0">
                 <a:pos x="connsiteX9" y="connsiteY9"/>
               </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX10" y="connsiteY10"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX11" y="connsiteY11"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX12" y="connsiteY12"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX13" y="connsiteY13"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX14" y="connsiteY14"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX15" y="connsiteY15"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX16" y="connsiteY16"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX17" y="connsiteY17"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX18" y="connsiteY18"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX19" y="connsiteY19"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX20" y="connsiteY20"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX21" y="connsiteY21"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX22" y="connsiteY22"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX23" y="connsiteY23"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX24" y="connsiteY24"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX25" y="connsiteY25"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX26" y="connsiteY26"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX27" y="connsiteY27"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX28" y="connsiteY28"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX29" y="connsiteY29"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX30" y="connsiteY30"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX31" y="connsiteY31"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX32" y="connsiteY32"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX33" y="connsiteY33"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX34" y="connsiteY34"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX35" y="connsiteY35"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX36" y="connsiteY36"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX37" y="connsiteY37"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX38" y="connsiteY38"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX39" y="connsiteY39"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX40" y="connsiteY40"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX41" y="connsiteY41"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX42" y="connsiteY42"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX43" y="connsiteY43"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX44" y="connsiteY44"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX45" y="connsiteY45"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX46" y="connsiteY46"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX47" y="connsiteY47"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX48" y="connsiteY48"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX49" y="connsiteY49"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX50" y="connsiteY50"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX51" y="connsiteY51"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX52" y="connsiteY52"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX53" y="connsiteY53"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX54" y="connsiteY54"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX55" y="connsiteY55"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX56" y="connsiteY56"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX57" y="connsiteY57"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX58" y="connsiteY58"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX59" y="connsiteY59"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX60" y="connsiteY60"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX61" y="connsiteY61"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX62" y="connsiteY62"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX63" y="connsiteY63"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX64" y="connsiteY64"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX65" y="connsiteY65"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX66" y="connsiteY66"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX67" y="connsiteY67"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX68" y="connsiteY68"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX69" y="connsiteY69"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX70" y="connsiteY70"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX71" y="connsiteY71"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX72" y="connsiteY72"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX73" y="connsiteY73"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX74" y="connsiteY74"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX75" y="connsiteY75"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX76" y="connsiteY76"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX77" y="connsiteY77"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX78" y="connsiteY78"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX79" y="connsiteY79"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX80" y="connsiteY80"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX81" y="connsiteY81"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX82" y="connsiteY82"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX83" y="connsiteY83"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX84" y="connsiteY84"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX85" y="connsiteY85"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX86" y="connsiteY86"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX87" y="connsiteY87"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX88" y="connsiteY88"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX89" y="connsiteY89"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX90" y="connsiteY90"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX91" y="connsiteY91"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX92" y="connsiteY92"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX93" y="connsiteY93"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX94" y="connsiteY94"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX95" y="connsiteY95"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX96" y="connsiteY96"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX97" y="connsiteY97"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX98" y="connsiteY98"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX99" y="connsiteY99"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX100" y="connsiteY100"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX101" y="connsiteY101"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX102" y="connsiteY102"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX103" y="connsiteY103"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX104" y="connsiteY104"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX105" y="connsiteY105"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX106" y="connsiteY106"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX107" y="connsiteY107"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX108" y="connsiteY108"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX109" y="connsiteY109"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX110" y="connsiteY110"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX111" y="connsiteY111"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX112" y="connsiteY112"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX113" y="connsiteY113"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX114" y="connsiteY114"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX115" y="connsiteY115"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX116" y="connsiteY116"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX117" y="connsiteY117"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX118" y="connsiteY118"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX119" y="connsiteY119"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX120" y="connsiteY120"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX121" y="connsiteY121"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX122" y="connsiteY122"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX123" y="connsiteY123"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX124" y="connsiteY124"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX125" y="connsiteY125"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX126" y="connsiteY126"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX127" y="connsiteY127"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX128" y="connsiteY128"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX129" y="connsiteY129"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX130" y="connsiteY130"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX131" y="connsiteY131"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX132" y="connsiteY132"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX133" y="connsiteY133"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX134" y="connsiteY134"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX135" y="connsiteY135"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX136" y="connsiteY136"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX137" y="connsiteY137"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX138" y="connsiteY138"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX139" y="connsiteY139"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX140" y="connsiteY140"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX141" y="connsiteY141"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX142" y="connsiteY142"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX143" y="connsiteY143"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX144" y="connsiteY144"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX145" y="connsiteY145"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX146" y="connsiteY146"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX147" y="connsiteY147"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX148" y="connsiteY148"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX149" y="connsiteY149"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX150" y="connsiteY150"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX151" y="connsiteY151"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX152" y="connsiteY152"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX153" y="connsiteY153"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX154" y="connsiteY154"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX155" y="connsiteY155"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX156" y="connsiteY156"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX157" y="connsiteY157"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX158" y="connsiteY158"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX159" y="connsiteY159"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX160" y="connsiteY160"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX161" y="connsiteY161"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX162" y="connsiteY162"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX163" y="connsiteY163"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX164" y="connsiteY164"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX165" y="connsiteY165"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX166" y="connsiteY166"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX167" y="connsiteY167"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX168" y="connsiteY168"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX169" y="connsiteY169"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX170" y="connsiteY170"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX171" y="connsiteY171"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX172" y="connsiteY172"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX173" y="connsiteY173"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX174" y="connsiteY174"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX175" y="connsiteY175"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX176" y="connsiteY176"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX177" y="connsiteY177"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX178" y="connsiteY178"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX179" y="connsiteY179"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX180" y="connsiteY180"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX181" y="connsiteY181"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX182" y="connsiteY182"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX183" y="connsiteY183"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX184" y="connsiteY184"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX185" y="connsiteY185"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX186" y="connsiteY186"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX187" y="connsiteY187"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX188" y="connsiteY188"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX189" y="connsiteY189"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX190" y="connsiteY190"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX191" y="connsiteY191"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX192" y="connsiteY192"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX193" y="connsiteY193"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX194" y="connsiteY194"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX195" y="connsiteY195"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX196" y="connsiteY196"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX197" y="connsiteY197"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX198" y="connsiteY198"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX199" y="connsiteY199"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX200" y="connsiteY200"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX201" y="connsiteY201"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX202" y="connsiteY202"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX203" y="connsiteY203"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX204" y="connsiteY204"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX205" y="connsiteY205"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX206" y="connsiteY206"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX207" y="connsiteY207"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX208" y="connsiteY208"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX209" y="connsiteY209"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX210" y="connsiteY210"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX211" y="connsiteY211"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX212" y="connsiteY212"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX213" y="connsiteY213"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX214" y="connsiteY214"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX215" y="connsiteY215"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX216" y="connsiteY216"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX217" y="connsiteY217"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX218" y="connsiteY218"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX219" y="connsiteY219"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX220" y="connsiteY220"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX221" y="connsiteY221"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX222" y="connsiteY222"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX223" y="connsiteY223"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX224" y="connsiteY224"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX225" y="connsiteY225"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX226" y="connsiteY226"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX227" y="connsiteY227"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX228" y="connsiteY228"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX229" y="connsiteY229"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX230" y="connsiteY230"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX231" y="connsiteY231"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX232" y="connsiteY232"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX233" y="connsiteY233"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX234" y="connsiteY234"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX235" y="connsiteY235"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX236" y="connsiteY236"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX237" y="connsiteY237"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX238" y="connsiteY238"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX239" y="connsiteY239"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX240" y="connsiteY240"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX241" y="connsiteY241"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX242" y="connsiteY242"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX243" y="connsiteY243"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX244" y="connsiteY244"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX245" y="connsiteY245"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX246" y="connsiteY246"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX247" y="connsiteY247"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX248" y="connsiteY248"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX249" y="connsiteY249"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX250" y="connsiteY250"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX251" y="connsiteY251"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX252" y="connsiteY252"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX253" y="connsiteY253"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX254" y="connsiteY254"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX255" y="connsiteY255"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX256" y="connsiteY256"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX257" y="connsiteY257"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX258" y="connsiteY258"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX259" y="connsiteY259"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX260" y="connsiteY260"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX261" y="connsiteY261"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX262" y="connsiteY262"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX263" y="connsiteY263"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX264" y="connsiteY264"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX265" y="connsiteY265"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX266" y="connsiteY266"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX267" y="connsiteY267"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX268" y="connsiteY268"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX269" y="connsiteY269"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX270" y="connsiteY270"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX271" y="connsiteY271"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX272" y="connsiteY272"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX273" y="connsiteY273"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX274" y="connsiteY274"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX275" y="connsiteY275"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX276" y="connsiteY276"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX277" y="connsiteY277"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX278" y="connsiteY278"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX279" y="connsiteY279"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX280" y="connsiteY280"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX281" y="connsiteY281"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX282" y="connsiteY282"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX283" y="connsiteY283"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX284" y="connsiteY284"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX285" y="connsiteY285"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX286" y="connsiteY286"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX287" y="connsiteY287"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX288" y="connsiteY288"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX289" y="connsiteY289"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX290" y="connsiteY290"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX291" y="connsiteY291"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX292" y="connsiteY292"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX293" y="connsiteY293"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX294" y="connsiteY294"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX295" y="connsiteY295"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX296" y="connsiteY296"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX297" y="connsiteY297"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX298" y="connsiteY298"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX299" y="connsiteY299"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX300" y="connsiteY300"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX301" y="connsiteY301"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX302" y="connsiteY302"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX303" y="connsiteY303"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX304" y="connsiteY304"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX305" y="connsiteY305"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX306" y="connsiteY306"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX307" y="connsiteY307"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX308" y="connsiteY308"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX309" y="connsiteY309"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX310" y="connsiteY310"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX311" y="connsiteY311"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX312" y="connsiteY312"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX313" y="connsiteY313"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX314" y="connsiteY314"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX315" y="connsiteY315"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX316" y="connsiteY316"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX317" y="connsiteY317"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX318" y="connsiteY318"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX319" y="connsiteY319"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX320" y="connsiteY320"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX321" y="connsiteY321"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX322" y="connsiteY322"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX323" y="connsiteY323"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX324" y="connsiteY324"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX325" y="connsiteY325"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX326" y="connsiteY326"/>
+              </a:cxn>
             </a:cxnLst>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
-              <a:path w="4276589" h="3026366">
+              <a:path w="3481421" h="8407280">
                 <a:moveTo>
-                  <a:pt x="0" y="0"/>
+                  <a:pt x="1754936" y="0"/>
                 </a:moveTo>
-                <a:lnTo>
-[...4 lines deleted...]
-                </a:lnTo>
                 <a:cubicBezTo>
-                  <a:pt x="2706906" y="0"/>
-[...1 lines deleted...]
-                  <a:pt x="2763756" y="0"/>
+                  <a:pt x="1843705" y="16127"/>
+                  <a:pt x="1888039" y="51130"/>
+                  <a:pt x="1888039" y="104943"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1888039" y="133207"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1952580" y="133207"/>
+                  <a:pt x="2009045" y="168210"/>
+                  <a:pt x="2057467" y="238149"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="2049391" y="254310"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="2248442" y="310805"/>
+                  <a:pt x="2385600" y="399620"/>
+                  <a:pt x="2460864" y="520690"/>
                 </a:cubicBezTo>
                 <a:cubicBezTo>
-                  <a:pt x="3600710" y="0"/>
-[...1 lines deleted...]
-                  <a:pt x="4276589" y="1513183"/>
+                  <a:pt x="2525405" y="609472"/>
+                  <a:pt x="2557676" y="703686"/>
+                  <a:pt x="2557676" y="803197"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="2557676" y="819357"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2614141" y="811277"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="3036404" y="811277"/>
+                  <a:pt x="3313401" y="1022537"/>
+                  <a:pt x="3445130" y="1444956"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="3481422" y="1662888"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3473379" y="1662888"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3481422" y="1679049"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3481422" y="1840486"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="3481422" y="2192966"/>
+                  <a:pt x="3298589" y="2532001"/>
+                  <a:pt x="2932790" y="2857592"/>
                 </a:cubicBezTo>
                 <a:cubicBezTo>
-                  <a:pt x="4276589" y="2350329"/>
-[...1 lines deleted...]
-                  <a:pt x="2763756" y="3026366"/>
+                  <a:pt x="2827903" y="2927531"/>
+                  <a:pt x="2665210" y="3025735"/>
+                  <a:pt x="2444679" y="3152236"/>
                 </a:cubicBezTo>
                 <a:cubicBezTo>
-                  <a:pt x="2735331" y="3026366"/>
-[...1 lines deleted...]
-                  <a:pt x="2678480" y="3023207"/>
+                  <a:pt x="2393609" y="3208730"/>
+                  <a:pt x="2368041" y="3262543"/>
+                  <a:pt x="2368041" y="3313673"/>
                 </a:cubicBezTo>
-                <a:lnTo>
-[...7 lines deleted...]
-                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="2368041" y="3351325"/>
+                  <a:pt x="2386874" y="3370168"/>
+                  <a:pt x="2424506" y="3370168"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="2416430" y="3349984"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2416430" y="3313673"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="2416430" y="3257178"/>
+                  <a:pt x="2456776" y="3224891"/>
+                  <a:pt x="2537436" y="3216811"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="2631599" y="3230255"/>
+                  <a:pt x="2678648" y="3271931"/>
+                  <a:pt x="2678648" y="3341937"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="2678648" y="3358098"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="2678648" y="3449562"/>
+                  <a:pt x="2628919" y="3526240"/>
+                  <a:pt x="2529393" y="3588167"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="2486399" y="3606976"/>
+                  <a:pt x="2444679" y="3616431"/>
+                  <a:pt x="2404333" y="3616431"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="2248409" y="3616431"/>
+                  <a:pt x="2144829" y="3534321"/>
+                  <a:pt x="2093725" y="3370235"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="2085649" y="3321820"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2093725" y="3301636"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2093725" y="3293556"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2085649" y="3293556"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="2007671" y="3425355"/>
+                  <a:pt x="1894707" y="3491338"/>
+                  <a:pt x="1746793" y="3491338"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1601559" y="3491338"/>
+                  <a:pt x="1481927" y="3428071"/>
+                  <a:pt x="1387763" y="3301636"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1387763" y="3484599"/>
+                  <a:pt x="1280229" y="3589541"/>
+                  <a:pt x="1065025" y="3616464"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="890235" y="3584177"/>
+                  <a:pt x="802807" y="3502067"/>
+                  <a:pt x="802807" y="3370268"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="802807" y="3329901"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="802807" y="3267974"/>
+                  <a:pt x="847175" y="3230322"/>
+                  <a:pt x="935910" y="3216877"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="943986" y="3216877"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1024679" y="3224958"/>
+                  <a:pt x="1064992" y="3259894"/>
+                  <a:pt x="1064992" y="3321820"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1056949" y="3370235"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1064992" y="3370235"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1097262" y="3356757"/>
+                  <a:pt x="1113414" y="3337947"/>
+                  <a:pt x="1113414" y="3313740"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1113414" y="3203366"/>
+                  <a:pt x="984332" y="3093092"/>
+                  <a:pt x="726135" y="2982785"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="607810" y="2910130"/>
+                  <a:pt x="473367" y="2797107"/>
+                  <a:pt x="322738" y="2643750"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="107602" y="2371938"/>
+                  <a:pt x="0" y="2106933"/>
+                  <a:pt x="0" y="1848633"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1747714"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="0" y="1333375"/>
+                  <a:pt x="166781" y="1044129"/>
+                  <a:pt x="500209" y="879942"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="618601" y="834210"/>
+                  <a:pt x="744968" y="811311"/>
+                  <a:pt x="879412" y="811311"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="890202" y="816742"/>
+                  <a:pt x="902299" y="819391"/>
+                  <a:pt x="915703" y="819391"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="915703" y="561091"/>
+                  <a:pt x="1085132" y="370049"/>
+                  <a:pt x="1423988" y="246263"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1423988" y="192484"/>
+                  <a:pt x="1480453" y="154832"/>
+                  <a:pt x="1593416" y="133240"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1593416" y="76679"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1620492" y="25615"/>
+                  <a:pt x="1674243" y="0"/>
+                  <a:pt x="1754936" y="0"/>
+                </a:cubicBezTo>
+                <a:close/>
+                <a:moveTo>
+                  <a:pt x="2065543" y="7709026"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="2142215" y="7709026"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2142215" y="7898728"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2275318" y="7898728"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2275318" y="7709026"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2735214" y="7709026"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2735214" y="8068245"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3122492" y="8068245"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3122492" y="7906774"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2860274" y="7906774"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2860274" y="7709026"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3332267" y="7709026"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3332267" y="8334625"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2529527" y="8334625"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2529527" y="7991567"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2404467" y="7991567"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2404467" y="8334625"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1944537" y="8334625"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1944537" y="7918912"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1947252" y="7905434"/>
+                  <a:pt x="1953987" y="7898728"/>
+                  <a:pt x="1964711" y="7898728"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="2065543" y="7898728"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2065543" y="7709026"/>
+                </a:lnTo>
+                <a:close/>
+                <a:moveTo>
+                  <a:pt x="1944537" y="6946197"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="2404433" y="6946197"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2404433" y="7285233"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2529494" y="7285233"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2529494" y="6946197"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3332234" y="6946197"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3332234" y="7567772"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2860241" y="7567772"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2860241" y="7369991"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3122459" y="7369991"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3122459" y="7208554"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2735180" y="7208554"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2735180" y="7567772"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2275318" y="7567772"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2275318" y="7378071"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2142215" y="7378071"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2142215" y="7567772"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2065543" y="7567772"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2065543" y="7378071"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1944537" y="7378071"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1944537" y="6946197"/>
+                </a:lnTo>
+                <a:close/>
+                <a:moveTo>
+                  <a:pt x="1282943" y="774933"/>
+                </a:moveTo>
+                <a:cubicBezTo>
+                  <a:pt x="1282943" y="836859"/>
+                  <a:pt x="1320642" y="867772"/>
+                  <a:pt x="1395906" y="867772"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1452371" y="867772"/>
+                  <a:pt x="1480620" y="893387"/>
+                  <a:pt x="1480620" y="944484"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1480620" y="972748"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1480620" y="1048119"/>
+                  <a:pt x="1421508" y="1085771"/>
+                  <a:pt x="1303116" y="1085771"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1265484" y="1085771"/>
+                  <a:pt x="1225138" y="1076383"/>
+                  <a:pt x="1182110" y="1057507"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1182110" y="1065587"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1260156" y="1151720"/>
+                  <a:pt x="1303116" y="1240536"/>
+                  <a:pt x="1311192" y="1331967"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1311192" y="1388495"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1311192" y="1568775"/>
+                  <a:pt x="1219810" y="1700607"/>
+                  <a:pt x="1036877" y="1784025"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="944086" y="1804209"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="761254" y="1804209"/>
+                  <a:pt x="669771" y="1724814"/>
+                  <a:pt x="669771" y="1566093"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="696680" y="1477277"/>
+                  <a:pt x="753145" y="1432886"/>
+                  <a:pt x="839199" y="1432886"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="895664" y="1432886"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="965634" y="1432886"/>
+                  <a:pt x="1010001" y="1465174"/>
+                  <a:pt x="1028801" y="1529749"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1036843" y="1529749"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1036843" y="1509565"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1015363" y="1428829"/>
+                  <a:pt x="962919" y="1388495"/>
+                  <a:pt x="879512" y="1388495"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="640181" y="1388495"/>
+                  <a:pt x="501717" y="1539203"/>
+                  <a:pt x="464017" y="1840520"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="464017" y="1845884"/>
+                  <a:pt x="466732" y="1848600"/>
+                  <a:pt x="472060" y="1848600"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="464017" y="1897014"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="464017" y="1981773"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="472060" y="2001957"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="464017" y="2001957"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="480136" y="2160678"/>
+                  <a:pt x="552753" y="2332912"/>
+                  <a:pt x="681835" y="2518590"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="897038" y="2776890"/>
+                  <a:pt x="1069114" y="2906039"/>
+                  <a:pt x="1198195" y="2906039"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1226445" y="2906039"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1290985" y="2906039"/>
+                  <a:pt x="1342122" y="2880424"/>
+                  <a:pt x="1379721" y="2829361"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1304456" y="2829361"/>
+                  <a:pt x="1266757" y="2801097"/>
+                  <a:pt x="1266757" y="2744602"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1266757" y="2685392"/>
+                  <a:pt x="1316554" y="2645024"/>
+                  <a:pt x="1416012" y="2623532"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1528976" y="2639693"/>
+                  <a:pt x="1585441" y="2693472"/>
+                  <a:pt x="1585441" y="2784970"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1585441" y="2822622"/>
+                  <a:pt x="1566641" y="2869729"/>
+                  <a:pt x="1528976" y="2926257"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1593517" y="2891253"/>
+                  <a:pt x="1666134" y="2872377"/>
+                  <a:pt x="1746793" y="2869729"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1814048" y="2872377"/>
+                  <a:pt x="1882644" y="2891253"/>
+                  <a:pt x="1952513" y="2926257"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1952513" y="2918177"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1931033" y="2918177"/>
+                  <a:pt x="1912166" y="2873786"/>
+                  <a:pt x="1896048" y="2784970"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1896048" y="2764786"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1917595" y="2670572"/>
+                  <a:pt x="1978115" y="2623532"/>
+                  <a:pt x="2077573" y="2623532"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="2163661" y="2645024"/>
+                  <a:pt x="2206655" y="2685392"/>
+                  <a:pt x="2206655" y="2744602"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="2206655" y="2756706"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="2206655" y="2805120"/>
+                  <a:pt x="2173044" y="2829361"/>
+                  <a:pt x="2105789" y="2829361"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="2132698" y="2880458"/>
+                  <a:pt x="2189163" y="2906039"/>
+                  <a:pt x="2275217" y="2906039"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="2444645" y="2906039"/>
+                  <a:pt x="2649059" y="2733840"/>
+                  <a:pt x="2888389" y="2389440"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="2969082" y="2233367"/>
+                  <a:pt x="3009395" y="2090739"/>
+                  <a:pt x="3009395" y="1961589"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="3009395" y="1868750"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="3009395" y="1696550"/>
+                  <a:pt x="2952930" y="1557979"/>
+                  <a:pt x="2839967" y="1453036"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="2764703" y="1410020"/>
+                  <a:pt x="2679989" y="1388461"/>
+                  <a:pt x="2585824" y="1388461"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="2491728" y="1410020"/>
+                  <a:pt x="2444612" y="1450388"/>
+                  <a:pt x="2444612" y="1509531"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="2444612" y="1517578"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2452688" y="1517578"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="2452688" y="1477210"/>
+                  <a:pt x="2497056" y="1448980"/>
+                  <a:pt x="2585824" y="1432819"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="2634213" y="1432819"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="2720335" y="1432819"/>
+                  <a:pt x="2779447" y="1477210"/>
+                  <a:pt x="2811717" y="1566026"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="2803642" y="1566026"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2811717" y="1586210"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="2811717" y="1715359"/>
+                  <a:pt x="2720335" y="1788015"/>
+                  <a:pt x="2537402" y="1804142"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="2365327" y="1804142"/>
+                  <a:pt x="2242947" y="1689744"/>
+                  <a:pt x="2170330" y="1461083"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="2162254" y="1376324"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="2162254" y="1271382"/>
+                  <a:pt x="2209336" y="1165132"/>
+                  <a:pt x="2303433" y="1057473"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="2260439" y="1076316"/>
+                  <a:pt x="2216072" y="1085737"/>
+                  <a:pt x="2170330" y="1085737"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="2150157" y="1085737"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="2066816" y="1085737"/>
+                  <a:pt x="2014373" y="1045370"/>
+                  <a:pt x="1992826" y="964668"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1992826" y="894728"/>
+                  <a:pt x="2049291" y="859725"/>
+                  <a:pt x="2162254" y="859725"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="2181087" y="827438"/>
+                  <a:pt x="2190503" y="801889"/>
+                  <a:pt x="2190503" y="783047"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="2190503" y="754782"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="2190503" y="690207"/>
+                  <a:pt x="2124622" y="631064"/>
+                  <a:pt x="1992859" y="577185"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1922957" y="644475"/>
+                  <a:pt x="1834221" y="678104"/>
+                  <a:pt x="1726620" y="678104"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1651355" y="678104"/>
+                  <a:pt x="1566641" y="644475"/>
+                  <a:pt x="1472477" y="577185"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1346177" y="639111"/>
+                  <a:pt x="1282943" y="704993"/>
+                  <a:pt x="1282943" y="774933"/>
+                </a:cubicBezTo>
+                <a:close/>
+                <a:moveTo>
+                  <a:pt x="2037294" y="2990798"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="2037294" y="3002902"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="2088431" y="3035189"/>
+                  <a:pt x="2113966" y="3094333"/>
+                  <a:pt x="2113966" y="3180500"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="2113966" y="3228914"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="2159707" y="3169704"/>
+                  <a:pt x="2218853" y="3106436"/>
+                  <a:pt x="2291470" y="3039213"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="2202701" y="3039213"/>
+                  <a:pt x="2117987" y="3023086"/>
+                  <a:pt x="2037294" y="2990798"/>
+                </a:cubicBezTo>
+                <a:close/>
+                <a:moveTo>
+                  <a:pt x="1480620" y="3999823"/>
+                </a:moveTo>
+                <a:cubicBezTo>
+                  <a:pt x="1553237" y="4018632"/>
+                  <a:pt x="1628535" y="4028088"/>
+                  <a:pt x="1706547" y="4028088"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1763012" y="4028088"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1841057" y="4028088"/>
+                  <a:pt x="1917695" y="4018632"/>
+                  <a:pt x="1992960" y="3999823"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="2087124" y="4142418"/>
+                  <a:pt x="2134139" y="4233916"/>
+                  <a:pt x="2134139" y="4274284"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="2122042" y="4274284"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2134139" y="4294468"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2134139" y="4322732"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2122042" y="4342916"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2134139" y="4342916"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="2088431" y="4509718"/>
+                  <a:pt x="2013133" y="4704783"/>
+                  <a:pt x="1908212" y="4928180"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1843671" y="4938876"/>
+                  <a:pt x="1785866" y="4944307"/>
+                  <a:pt x="1734763" y="4944307"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1611110" y="4944307"/>
+                  <a:pt x="1549182" y="4928180"/>
+                  <a:pt x="1549182" y="4895893"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1449724" y="4688656"/>
+                  <a:pt x="1379754" y="4490908"/>
+                  <a:pt x="1339408" y="4302581"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1339441" y="4237939"/>
+                  <a:pt x="1386490" y="4137054"/>
+                  <a:pt x="1480620" y="3999823"/>
+                </a:cubicBezTo>
+                <a:close/>
+                <a:moveTo>
+                  <a:pt x="1408003" y="3398432"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="1416079" y="3398432"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1515605" y="3484498"/>
+                  <a:pt x="1621833" y="3527582"/>
+                  <a:pt x="1734763" y="3527582"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1853121" y="3527582"/>
+                  <a:pt x="1960656" y="3484532"/>
+                  <a:pt x="2057501" y="3398432"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="2057501" y="3414559"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1980829" y="3559869"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="2002376" y="3559869"/>
+                  <a:pt x="2018528" y="3574621"/>
+                  <a:pt x="2029251" y="3604260"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="2029251" y="3660755"/>
+                  <a:pt x="1925738" y="3689019"/>
+                  <a:pt x="1718611" y="3689019"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1535745" y="3683587"/>
+                  <a:pt x="1444295" y="3655357"/>
+                  <a:pt x="1444295" y="3604260"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1444295" y="3588100"/>
+                  <a:pt x="1460447" y="3573280"/>
+                  <a:pt x="1492718" y="3559869"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1408003" y="3398432"/>
+                </a:lnTo>
+                <a:close/>
+                <a:moveTo>
+                  <a:pt x="1508836" y="3680972"/>
+                </a:moveTo>
+                <a:cubicBezTo>
+                  <a:pt x="1578806" y="3699781"/>
+                  <a:pt x="1654070" y="3709236"/>
+                  <a:pt x="1734763" y="3709236"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1815422" y="3709236"/>
+                  <a:pt x="1892094" y="3699781"/>
+                  <a:pt x="1964711" y="3680972"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="2013099" y="3689052"/>
+                  <a:pt x="2037294" y="3714567"/>
+                  <a:pt x="2037294" y="3757651"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="2037294" y="3838386"/>
+                  <a:pt x="1949933" y="3878720"/>
+                  <a:pt x="1775076" y="3878720"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1706514" y="3878720"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1526362" y="3878720"/>
+                  <a:pt x="1436253" y="3838353"/>
+                  <a:pt x="1436253" y="3757651"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1436253" y="3717283"/>
+                  <a:pt x="1460447" y="3691701"/>
+                  <a:pt x="1508836" y="3680972"/>
+                </a:cubicBezTo>
+                <a:close/>
+                <a:moveTo>
+                  <a:pt x="2021175" y="238116"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="2021175" y="246196"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2037294" y="246196"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2037294" y="238116"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2021175" y="238116"/>
+                </a:lnTo>
+                <a:close/>
+                <a:moveTo>
+                  <a:pt x="1500794" y="3870640"/>
+                </a:moveTo>
+                <a:cubicBezTo>
+                  <a:pt x="1549216" y="3889449"/>
+                  <a:pt x="1617778" y="3898904"/>
+                  <a:pt x="1706547" y="3898904"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1763012" y="3898904"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1854461" y="3898904"/>
+                  <a:pt x="1924364" y="3889449"/>
+                  <a:pt x="1972753" y="3870640"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="2010452" y="3884085"/>
+                  <a:pt x="2029251" y="3902928"/>
+                  <a:pt x="2029251" y="3927168"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="2029251" y="3975583"/>
+                  <a:pt x="1949933" y="3999790"/>
+                  <a:pt x="1791228" y="3999790"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1690362" y="3999790"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1526362" y="3999790"/>
+                  <a:pt x="1444295" y="3968843"/>
+                  <a:pt x="1444295" y="3906951"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1476599" y="3882777"/>
+                  <a:pt x="1495432" y="3870640"/>
+                  <a:pt x="1500794" y="3870640"/>
+                </a:cubicBezTo>
+                <a:close/>
+                <a:moveTo>
+                  <a:pt x="1972753" y="226012"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="1972753" y="238116"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2001002" y="238116"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2001002" y="226012"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1972753" y="226012"/>
+                </a:lnTo>
+                <a:close/>
+                <a:moveTo>
+                  <a:pt x="1557258" y="5069400"/>
+                </a:moveTo>
+                <a:cubicBezTo>
+                  <a:pt x="1645994" y="5080129"/>
+                  <a:pt x="1709228" y="5085561"/>
+                  <a:pt x="1746860" y="5085561"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1924364" y="5069400"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1956635" y="5139340"/>
+                  <a:pt x="1972753" y="5229463"/>
+                  <a:pt x="1972753" y="5339804"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1972753" y="5359988"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1972753" y="5365352"/>
+                  <a:pt x="1975467" y="5368068"/>
+                  <a:pt x="1980829" y="5368068"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1980829" y="5376148"/>
+                  <a:pt x="1978182" y="5380171"/>
+                  <a:pt x="1972753" y="5380171"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1980829" y="5493194"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1980829" y="5501241"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1980829" y="5525448"/>
+                  <a:pt x="1978182" y="5553712"/>
+                  <a:pt x="1972753" y="5586000"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1972753" y="5594080"/>
+                  <a:pt x="1975467" y="5598103"/>
+                  <a:pt x="1980829" y="5598103"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1972753" y="5662678"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1972753" y="5775701"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1972753" y="5781066"/>
+                  <a:pt x="1970106" y="5783782"/>
+                  <a:pt x="1964711" y="5783782"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1964711" y="5791861"/>
+                  <a:pt x="1967425" y="5795885"/>
+                  <a:pt x="1972753" y="5795885"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1964711" y="5863108"/>
+                  <a:pt x="1958008" y="5903476"/>
+                  <a:pt x="1952580" y="5916955"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1964677" y="5916955"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1951239" y="6048753"/>
+                  <a:pt x="1932407" y="6114736"/>
+                  <a:pt x="1908179" y="6114736"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1843638" y="6128181"/>
+                  <a:pt x="1785832" y="6134920"/>
+                  <a:pt x="1734729" y="6134920"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1597571" y="6134920"/>
+                  <a:pt x="1529009" y="6112020"/>
+                  <a:pt x="1529009" y="6066322"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1510210" y="5872597"/>
+                  <a:pt x="1498113" y="5677464"/>
+                  <a:pt x="1492718" y="5481057"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1503508" y="5206630"/>
+                  <a:pt x="1524988" y="5069400"/>
+                  <a:pt x="1557258" y="5069400"/>
+                </a:cubicBezTo>
+                <a:close/>
+                <a:moveTo>
+                  <a:pt x="1549216" y="4936194"/>
+                </a:moveTo>
+                <a:cubicBezTo>
+                  <a:pt x="1594957" y="4954969"/>
+                  <a:pt x="1656818" y="4964458"/>
+                  <a:pt x="1734796" y="4964458"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1831607" y="4964458"/>
+                  <a:pt x="1892127" y="4955003"/>
+                  <a:pt x="1916322" y="4936194"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1954021" y="4946889"/>
+                  <a:pt x="1972786" y="4968481"/>
+                  <a:pt x="1972786" y="5000768"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1972786" y="5035705"/>
+                  <a:pt x="1893501" y="5061320"/>
+                  <a:pt x="1734796" y="5077481"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1578839" y="5058638"/>
+                  <a:pt x="1500827" y="5033090"/>
+                  <a:pt x="1500827" y="5000768"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1500827" y="4984641"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1500794" y="4976561"/>
+                  <a:pt x="1516912" y="4960401"/>
+                  <a:pt x="1549216" y="4936194"/>
+                </a:cubicBezTo>
+                <a:close/>
+                <a:moveTo>
+                  <a:pt x="1549216" y="6122816"/>
+                </a:moveTo>
+                <a:cubicBezTo>
+                  <a:pt x="1632590" y="6141592"/>
+                  <a:pt x="1694416" y="6151081"/>
+                  <a:pt x="1734796" y="6151081"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1777857" y="6151081"/>
+                  <a:pt x="1845112" y="6141626"/>
+                  <a:pt x="1936495" y="6122816"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1952613" y="6151081"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1952613" y="6171265"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1952613" y="6200836"/>
+                  <a:pt x="1879996" y="6222361"/>
+                  <a:pt x="1734796" y="6235840"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1592277" y="6222328"/>
+                  <a:pt x="1521000" y="6200836"/>
+                  <a:pt x="1521000" y="6171265"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1521000" y="6151081"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1520967" y="6143000"/>
+                  <a:pt x="1530417" y="6133546"/>
+                  <a:pt x="1549216" y="6122816"/>
+                </a:cubicBezTo>
+                <a:close/>
+                <a:moveTo>
+                  <a:pt x="1924364" y="217965"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="1924364" y="226046"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1952613" y="226046"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1952613" y="217965"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1924364" y="217965"/>
+                </a:lnTo>
+                <a:close/>
+                <a:moveTo>
+                  <a:pt x="1557258" y="6227759"/>
+                </a:moveTo>
+                <a:cubicBezTo>
+                  <a:pt x="1632590" y="6241204"/>
+                  <a:pt x="1691769" y="6247943"/>
+                  <a:pt x="1734763" y="6247943"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1780504" y="6247943"/>
+                  <a:pt x="1841024" y="6241204"/>
+                  <a:pt x="1916288" y="6227759"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1916288" y="8391119"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1873294" y="8401848"/>
+                  <a:pt x="1835629" y="8407280"/>
+                  <a:pt x="1803325" y="8407280"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1670222" y="8407280"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1637951" y="8407280"/>
+                  <a:pt x="1600319" y="8401848"/>
+                  <a:pt x="1557258" y="8391119"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1557258" y="6227759"/>
+                </a:lnTo>
+                <a:close/>
+                <a:moveTo>
+                  <a:pt x="1839650" y="209885"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="1839650" y="217965"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1896115" y="217965"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1896115" y="209885"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1839650" y="209885"/>
+                </a:lnTo>
+                <a:close/>
+                <a:moveTo>
+                  <a:pt x="1831574" y="113023"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="1831574" y="121103"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1859823" y="121103"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1859823" y="113023"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1831574" y="113023"/>
+                </a:lnTo>
+                <a:close/>
+                <a:moveTo>
+                  <a:pt x="1698471" y="197782"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="1698471" y="209885"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1783185" y="209885"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1783185" y="197782"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1698471" y="197782"/>
+                </a:lnTo>
+                <a:close/>
+                <a:moveTo>
+                  <a:pt x="1706514" y="104943"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="1706514" y="113023"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1775076" y="113023"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1775076" y="104943"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1706514" y="104943"/>
+                </a:lnTo>
+                <a:close/>
+                <a:moveTo>
+                  <a:pt x="1621833" y="113023"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="1621833" y="121103"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1650082" y="121103"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1650082" y="113023"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1621833" y="113023"/>
+                </a:lnTo>
+                <a:close/>
+                <a:moveTo>
+                  <a:pt x="1585508" y="209885"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="1585508" y="217965"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1633896" y="217965"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1633896" y="209885"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1585508" y="209885"/>
+                </a:lnTo>
+                <a:close/>
+                <a:moveTo>
+                  <a:pt x="1529043" y="217965"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="1529043" y="226046"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1557292" y="226046"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1557292" y="217965"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1529043" y="217965"/>
+                </a:lnTo>
+                <a:close/>
+                <a:moveTo>
+                  <a:pt x="1480620" y="226012"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="1480620" y="238116"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1508869" y="238116"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1508869" y="226012"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1480620" y="226012"/>
+                </a:lnTo>
+                <a:close/>
+                <a:moveTo>
+                  <a:pt x="1444295" y="238116"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="1444295" y="246196"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1464468" y="246196"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1464468" y="238116"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1444295" y="238116"/>
+                </a:lnTo>
+                <a:close/>
+                <a:moveTo>
+                  <a:pt x="1190186" y="3039213"/>
+                </a:moveTo>
+                <a:cubicBezTo>
+                  <a:pt x="1303150" y="3152236"/>
+                  <a:pt x="1359615" y="3218118"/>
+                  <a:pt x="1359615" y="3236994"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1367691" y="3236994"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1367691" y="3216811"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1359615" y="3180500"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1359615" y="3129336"/>
+                  <a:pt x="1385216" y="3066102"/>
+                  <a:pt x="1436286" y="2990798"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1363636" y="3023086"/>
+                  <a:pt x="1281636" y="3039213"/>
+                  <a:pt x="1190186" y="3039213"/>
+                </a:cubicBezTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
-            <a:srgbClr val="FBA63B"/>
+            <a:srgbClr val="C6C7CA"/>
           </a:solidFill>
-          <a:ln>
-[...3754 lines deleted...]
-          <a:ln w="15768" cap="flat">
+          <a:ln w="3349" cap="flat">
             <a:noFill/>
             <a:prstDash val="solid"/>
             <a:miter/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" rtlCol="0" anchor="ctr">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-US" dirty="0">
-[...2 lines deleted...]
-            </a:endParaRPr>
+            <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:cxnSp>
-[...5465 lines deleted...]
-      </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Picture 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C535F255-6A56-2A77-E9C6-5B560E90E3B6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="screen">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
@@ -19706,960 +12773,349 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E97BE9FB-E051-35D2-BB96-1EE0023E29A4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="18" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="788657" y="2396438"/>
             <a:ext cx="4726115" cy="3499183"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" indent="0" algn="l">
+            <a:lvl1pPr marL="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
-              <a:defRPr lang="en-US" sz="2200" b="0" i="0" kern="1200" spc="0" dirty="0">
-[...5 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
+              <a:defRPr sz="2400" b="0" i="0" spc="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:buNone/>
               <a:defRPr sz="2000" b="0" i="0" spc="300">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Montserrat Light" pitchFamily="2" charset="77"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:buNone/>
               <a:defRPr sz="2000" b="0" i="0" spc="300">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Montserrat Light" pitchFamily="2" charset="77"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:buNone/>
               <a:defRPr sz="2000" b="0" i="0" spc="300">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Montserrat Light" pitchFamily="2" charset="77"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:buNone/>
               <a:defRPr sz="2000" b="0" i="0" spc="300">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Montserrat Light" pitchFamily="2" charset="77"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-[...11 lines deleted...]
-            </a:pPr>
+            <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t>Click to type…</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Text Placeholder 23">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7A6B5D46-F116-3C5A-6E7C-6AC77517284F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="16" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="788657" y="761603"/>
             <a:ext cx="4726115" cy="803654"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
-              <a:defRPr lang="en-US" sz="2800" b="1" i="0" kern="1200" dirty="0">
+              <a:defRPr sz="3600" b="1" i="0">
                 <a:solidFill>
                   <a:srgbClr val="459597"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
-                <a:ea typeface="+mn-ea"/>
-                <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-[...8 lines deleted...]
-            </a:pPr>
+            <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Heading</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Text Placeholder 23">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{66738C6A-58E4-9F9B-8C5E-591310DDCAB2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="19" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="774803" y="1579021"/>
             <a:ext cx="4726115" cy="803654"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
-              <a:defRPr lang="en-US" sz="2400" b="1" i="0" kern="1200" dirty="0">
+              <a:defRPr sz="3000" b="1" i="0">
                 <a:solidFill>
                   <a:srgbClr val="EC7C69"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
-                <a:ea typeface="+mn-ea"/>
-                <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Sub-Heading</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="12" name="object 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0B98BB15-36D8-AB9F-8C0D-5FC77D734CF5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="16200000">
+            <a:off x="4352895" y="1253636"/>
+            <a:ext cx="2959731" cy="452459"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="10692130" h="1024890">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="10692003" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="10692003" y="1024801"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1024801"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="0"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:srgbClr val="EC7C69"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="459597"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Text Placeholder 23">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{84BC1840-9AB3-1DF5-D29D-1574E457F723}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="65" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="16200000">
+            <a:off x="4358905" y="1253637"/>
+            <a:ext cx="2953721" cy="452458"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="1000" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Photo Credit: </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="575318292"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout31.xml><?xml version="1.0" encoding="utf-8"?>
-[...696 lines deleted...]
-<file path=ppt/slideLayouts/slideLayout33.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout21.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Text + Device 02">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="8" name="Picture 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1DD8D624-C2EB-D1C7-4B03-7BAC84FBB9AD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -20837,237 +13293,210 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E99CF2CF-252F-3C98-8370-182AEA23FA3C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="18" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="788657" y="2396438"/>
             <a:ext cx="4726115" cy="3499183"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" indent="0" algn="l">
+            <a:lvl1pPr marL="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
-              <a:defRPr lang="en-US" sz="2200" b="0" i="0" kern="1200" spc="0" dirty="0">
-[...5 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
+              <a:defRPr sz="2400" b="0" i="0" spc="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:buNone/>
               <a:defRPr sz="2000" b="0" i="0" spc="300">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Montserrat Light" pitchFamily="2" charset="77"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:buNone/>
               <a:defRPr sz="2000" b="0" i="0" spc="300">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Montserrat Light" pitchFamily="2" charset="77"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:buNone/>
               <a:defRPr sz="2000" b="0" i="0" spc="300">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Montserrat Light" pitchFamily="2" charset="77"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:buNone/>
               <a:defRPr sz="2000" b="0" i="0" spc="300">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Montserrat Light" pitchFamily="2" charset="77"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-[...11 lines deleted...]
-            </a:pPr>
+            <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t>Click to type…</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Text Placeholder 23">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BCE58870-5ECB-E7F6-23AE-2DCD281AACA1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="16" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="788657" y="761603"/>
             <a:ext cx="4726115" cy="803654"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
-              <a:defRPr lang="en-US" sz="2800" b="1" i="0" kern="1200" dirty="0">
+              <a:defRPr sz="3600" b="1" i="0">
                 <a:solidFill>
                   <a:srgbClr val="459597"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
-                <a:ea typeface="+mn-ea"/>
-                <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-[...8 lines deleted...]
-            </a:pPr>
+            <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Heading</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Text Placeholder 23">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A912C181-762F-F0A0-77F9-36A40E6CB0BB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="19" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="774803" y="1579021"/>
             <a:ext cx="4726115" cy="803654"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
-              <a:defRPr lang="en-US" sz="2400" b="1" i="0" kern="1200" dirty="0">
+              <a:defRPr sz="3000" b="1" i="0">
                 <a:solidFill>
                   <a:srgbClr val="EC7C69"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
-                <a:ea typeface="+mn-ea"/>
-                <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Sub-Heading</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="object 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{129A9620-C0F4-CBC3-4970-ACD6FCC8D090}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
@@ -21264,98 +13693,3489 @@
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
   </p:timing>
   <p:extLst>
     <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
         <p15:guide id="1" orient="horz" pos="2160" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="FBAE40"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="2" pos="3840" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="FBAE40"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout34.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout22.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Text + Device 03">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Graphic 30">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{240266CC-6416-D8BB-A2AA-EC77518E9DEF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5719801" y="3069112"/>
+            <a:ext cx="841590" cy="2511014"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 1702593 w 3638953"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 8634633"/>
+              <a:gd name="connsiteX1" fmla="*/ 1802755 w 3638953"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 8634633"/>
+              <a:gd name="connsiteX2" fmla="*/ 2236781 w 3638953"/>
+              <a:gd name="connsiteY2" fmla="*/ 233824 h 8634633"/>
+              <a:gd name="connsiteX3" fmla="*/ 2487170 w 3638953"/>
+              <a:gd name="connsiteY3" fmla="*/ 167003 h 8634633"/>
+              <a:gd name="connsiteX4" fmla="*/ 3004637 w 3638953"/>
+              <a:gd name="connsiteY4" fmla="*/ 534436 h 8634633"/>
+              <a:gd name="connsiteX5" fmla="*/ 3522103 w 3638953"/>
+              <a:gd name="connsiteY5" fmla="*/ 1018748 h 8634633"/>
+              <a:gd name="connsiteX6" fmla="*/ 3421941 w 3638953"/>
+              <a:gd name="connsiteY6" fmla="*/ 1352788 h 8634633"/>
+              <a:gd name="connsiteX7" fmla="*/ 3488693 w 3638953"/>
+              <a:gd name="connsiteY7" fmla="*/ 1703524 h 8634633"/>
+              <a:gd name="connsiteX8" fmla="*/ 3088077 w 3638953"/>
+              <a:gd name="connsiteY8" fmla="*/ 2588697 h 8634633"/>
+              <a:gd name="connsiteX9" fmla="*/ 2153307 w 3638953"/>
+              <a:gd name="connsiteY9" fmla="*/ 2989524 h 8634633"/>
+              <a:gd name="connsiteX10" fmla="*/ 1769379 w 3638953"/>
+              <a:gd name="connsiteY10" fmla="*/ 2822521 h 8634633"/>
+              <a:gd name="connsiteX11" fmla="*/ 1318699 w 3638953"/>
+              <a:gd name="connsiteY11" fmla="*/ 2989524 h 8634633"/>
+              <a:gd name="connsiteX12" fmla="*/ 100129 w 3638953"/>
+              <a:gd name="connsiteY12" fmla="*/ 2054261 h 8634633"/>
+              <a:gd name="connsiteX13" fmla="*/ 33376 w 3638953"/>
+              <a:gd name="connsiteY13" fmla="*/ 1686827 h 8634633"/>
+              <a:gd name="connsiteX14" fmla="*/ 83441 w 3638953"/>
+              <a:gd name="connsiteY14" fmla="*/ 1369518 h 8634633"/>
+              <a:gd name="connsiteX15" fmla="*/ 0 w 3638953"/>
+              <a:gd name="connsiteY15" fmla="*/ 1035479 h 8634633"/>
+              <a:gd name="connsiteX16" fmla="*/ 0 w 3638953"/>
+              <a:gd name="connsiteY16" fmla="*/ 968657 h 8634633"/>
+              <a:gd name="connsiteX17" fmla="*/ 517466 w 3638953"/>
+              <a:gd name="connsiteY17" fmla="*/ 534436 h 8634633"/>
+              <a:gd name="connsiteX18" fmla="*/ 817954 w 3638953"/>
+              <a:gd name="connsiteY18" fmla="*/ 200397 h 8634633"/>
+              <a:gd name="connsiteX19" fmla="*/ 1068343 w 3638953"/>
+              <a:gd name="connsiteY19" fmla="*/ 167003 h 8634633"/>
+              <a:gd name="connsiteX20" fmla="*/ 1285322 w 3638953"/>
+              <a:gd name="connsiteY20" fmla="*/ 217094 h 8634633"/>
+              <a:gd name="connsiteX21" fmla="*/ 1702593 w 3638953"/>
+              <a:gd name="connsiteY21" fmla="*/ 0 h 8634633"/>
+              <a:gd name="connsiteX22" fmla="*/ 1018178 w 3638953"/>
+              <a:gd name="connsiteY22" fmla="*/ 835048 h 8634633"/>
+              <a:gd name="connsiteX23" fmla="*/ 1018178 w 3638953"/>
+              <a:gd name="connsiteY23" fmla="*/ 851745 h 8634633"/>
+              <a:gd name="connsiteX24" fmla="*/ 1101619 w 3638953"/>
+              <a:gd name="connsiteY24" fmla="*/ 901836 h 8634633"/>
+              <a:gd name="connsiteX25" fmla="*/ 1168405 w 3638953"/>
+              <a:gd name="connsiteY25" fmla="*/ 851745 h 8634633"/>
+              <a:gd name="connsiteX26" fmla="*/ 1168405 w 3638953"/>
+              <a:gd name="connsiteY26" fmla="*/ 818351 h 8634633"/>
+              <a:gd name="connsiteX27" fmla="*/ 1134995 w 3638953"/>
+              <a:gd name="connsiteY27" fmla="*/ 768227 h 8634633"/>
+              <a:gd name="connsiteX28" fmla="*/ 1185093 w 3638953"/>
+              <a:gd name="connsiteY28" fmla="*/ 751530 h 8634633"/>
+              <a:gd name="connsiteX29" fmla="*/ 1251845 w 3638953"/>
+              <a:gd name="connsiteY29" fmla="*/ 801621 h 8634633"/>
+              <a:gd name="connsiteX30" fmla="*/ 1251845 w 3638953"/>
+              <a:gd name="connsiteY30" fmla="*/ 868442 h 8634633"/>
+              <a:gd name="connsiteX31" fmla="*/ 1118307 w 3638953"/>
+              <a:gd name="connsiteY31" fmla="*/ 968657 h 8634633"/>
+              <a:gd name="connsiteX32" fmla="*/ 600840 w 3638953"/>
+              <a:gd name="connsiteY32" fmla="*/ 734833 h 8634633"/>
+              <a:gd name="connsiteX33" fmla="*/ 483990 w 3638953"/>
+              <a:gd name="connsiteY33" fmla="*/ 718136 h 8634633"/>
+              <a:gd name="connsiteX34" fmla="*/ 133472 w 3638953"/>
+              <a:gd name="connsiteY34" fmla="*/ 1035445 h 8634633"/>
+              <a:gd name="connsiteX35" fmla="*/ 433959 w 3638953"/>
+              <a:gd name="connsiteY35" fmla="*/ 1336091 h 8634633"/>
+              <a:gd name="connsiteX36" fmla="*/ 584152 w 3638953"/>
+              <a:gd name="connsiteY36" fmla="*/ 1185785 h 8634633"/>
+              <a:gd name="connsiteX37" fmla="*/ 433959 w 3638953"/>
+              <a:gd name="connsiteY37" fmla="*/ 1035479 h 8634633"/>
+              <a:gd name="connsiteX38" fmla="*/ 350485 w 3638953"/>
+              <a:gd name="connsiteY38" fmla="*/ 1169088 h 8634633"/>
+              <a:gd name="connsiteX39" fmla="*/ 333796 w 3638953"/>
+              <a:gd name="connsiteY39" fmla="*/ 1169088 h 8634633"/>
+              <a:gd name="connsiteX40" fmla="*/ 267044 w 3638953"/>
+              <a:gd name="connsiteY40" fmla="*/ 1068873 h 8634633"/>
+              <a:gd name="connsiteX41" fmla="*/ 450647 w 3638953"/>
+              <a:gd name="connsiteY41" fmla="*/ 918567 h 8634633"/>
+              <a:gd name="connsiteX42" fmla="*/ 534121 w 3638953"/>
+              <a:gd name="connsiteY42" fmla="*/ 918567 h 8634633"/>
+              <a:gd name="connsiteX43" fmla="*/ 1084964 w 3638953"/>
+              <a:gd name="connsiteY43" fmla="*/ 1068873 h 8634633"/>
+              <a:gd name="connsiteX44" fmla="*/ 1151716 w 3638953"/>
+              <a:gd name="connsiteY44" fmla="*/ 1068873 h 8634633"/>
+              <a:gd name="connsiteX45" fmla="*/ 1352008 w 3638953"/>
+              <a:gd name="connsiteY45" fmla="*/ 835048 h 8634633"/>
+              <a:gd name="connsiteX46" fmla="*/ 1168405 w 3638953"/>
+              <a:gd name="connsiteY46" fmla="*/ 701439 h 8634633"/>
+              <a:gd name="connsiteX47" fmla="*/ 1018178 w 3638953"/>
+              <a:gd name="connsiteY47" fmla="*/ 835048 h 8634633"/>
+              <a:gd name="connsiteX48" fmla="*/ 166881 w 3638953"/>
+              <a:gd name="connsiteY48" fmla="*/ 1636703 h 8634633"/>
+              <a:gd name="connsiteX49" fmla="*/ 867951 w 3638953"/>
+              <a:gd name="connsiteY49" fmla="*/ 2722273 h 8634633"/>
+              <a:gd name="connsiteX50" fmla="*/ 1285255 w 3638953"/>
+              <a:gd name="connsiteY50" fmla="*/ 2839185 h 8634633"/>
+              <a:gd name="connsiteX51" fmla="*/ 1385417 w 3638953"/>
+              <a:gd name="connsiteY51" fmla="*/ 2839185 h 8634633"/>
+              <a:gd name="connsiteX52" fmla="*/ 1669183 w 3638953"/>
+              <a:gd name="connsiteY52" fmla="*/ 2605360 h 8634633"/>
+              <a:gd name="connsiteX53" fmla="*/ 1669183 w 3638953"/>
+              <a:gd name="connsiteY53" fmla="*/ 2538539 h 8634633"/>
+              <a:gd name="connsiteX54" fmla="*/ 1418794 w 3638953"/>
+              <a:gd name="connsiteY54" fmla="*/ 2388233 h 8634633"/>
+              <a:gd name="connsiteX55" fmla="*/ 1385384 w 3638953"/>
+              <a:gd name="connsiteY55" fmla="*/ 2388233 h 8634633"/>
+              <a:gd name="connsiteX56" fmla="*/ 1235157 w 3638953"/>
+              <a:gd name="connsiteY56" fmla="*/ 2538539 h 8634633"/>
+              <a:gd name="connsiteX57" fmla="*/ 1235157 w 3638953"/>
+              <a:gd name="connsiteY57" fmla="*/ 2571966 h 8634633"/>
+              <a:gd name="connsiteX58" fmla="*/ 1352008 w 3638953"/>
+              <a:gd name="connsiteY58" fmla="*/ 2638788 h 8634633"/>
+              <a:gd name="connsiteX59" fmla="*/ 1402106 w 3638953"/>
+              <a:gd name="connsiteY59" fmla="*/ 2588664 h 8634633"/>
+              <a:gd name="connsiteX60" fmla="*/ 1402106 w 3638953"/>
+              <a:gd name="connsiteY60" fmla="*/ 2555270 h 8634633"/>
+              <a:gd name="connsiteX61" fmla="*/ 1352008 w 3638953"/>
+              <a:gd name="connsiteY61" fmla="*/ 2488448 h 8634633"/>
+              <a:gd name="connsiteX62" fmla="*/ 1352008 w 3638953"/>
+              <a:gd name="connsiteY62" fmla="*/ 2471751 h 8634633"/>
+              <a:gd name="connsiteX63" fmla="*/ 1418794 w 3638953"/>
+              <a:gd name="connsiteY63" fmla="*/ 2471751 h 8634633"/>
+              <a:gd name="connsiteX64" fmla="*/ 1485546 w 3638953"/>
+              <a:gd name="connsiteY64" fmla="*/ 2588664 h 8634633"/>
+              <a:gd name="connsiteX65" fmla="*/ 1285255 w 3638953"/>
+              <a:gd name="connsiteY65" fmla="*/ 2722273 h 8634633"/>
+              <a:gd name="connsiteX66" fmla="*/ 717691 w 3638953"/>
+              <a:gd name="connsiteY66" fmla="*/ 2371570 h 8634633"/>
+              <a:gd name="connsiteX67" fmla="*/ 450613 w 3638953"/>
+              <a:gd name="connsiteY67" fmla="*/ 1703524 h 8634633"/>
+              <a:gd name="connsiteX68" fmla="*/ 617562 w 3638953"/>
+              <a:gd name="connsiteY68" fmla="*/ 1453003 h 8634633"/>
+              <a:gd name="connsiteX69" fmla="*/ 717724 w 3638953"/>
+              <a:gd name="connsiteY69" fmla="*/ 1519824 h 8634633"/>
+              <a:gd name="connsiteX70" fmla="*/ 717724 w 3638953"/>
+              <a:gd name="connsiteY70" fmla="*/ 1603309 h 8634633"/>
+              <a:gd name="connsiteX71" fmla="*/ 684381 w 3638953"/>
+              <a:gd name="connsiteY71" fmla="*/ 1603309 h 8634633"/>
+              <a:gd name="connsiteX72" fmla="*/ 634284 w 3638953"/>
+              <a:gd name="connsiteY72" fmla="*/ 1536488 h 8634633"/>
+              <a:gd name="connsiteX73" fmla="*/ 600874 w 3638953"/>
+              <a:gd name="connsiteY73" fmla="*/ 1536488 h 8634633"/>
+              <a:gd name="connsiteX74" fmla="*/ 550809 w 3638953"/>
+              <a:gd name="connsiteY74" fmla="*/ 1603309 h 8634633"/>
+              <a:gd name="connsiteX75" fmla="*/ 600874 w 3638953"/>
+              <a:gd name="connsiteY75" fmla="*/ 1670130 h 8634633"/>
+              <a:gd name="connsiteX76" fmla="*/ 667660 w 3638953"/>
+              <a:gd name="connsiteY76" fmla="*/ 1670130 h 8634633"/>
+              <a:gd name="connsiteX77" fmla="*/ 801199 w 3638953"/>
+              <a:gd name="connsiteY77" fmla="*/ 1553218 h 8634633"/>
+              <a:gd name="connsiteX78" fmla="*/ 567498 w 3638953"/>
+              <a:gd name="connsiteY78" fmla="*/ 1369518 h 8634633"/>
+              <a:gd name="connsiteX79" fmla="*/ 484023 w 3638953"/>
+              <a:gd name="connsiteY79" fmla="*/ 1369518 h 8634633"/>
+              <a:gd name="connsiteX80" fmla="*/ 166881 w 3638953"/>
+              <a:gd name="connsiteY80" fmla="*/ 1636703 h 8634633"/>
+              <a:gd name="connsiteX81" fmla="*/ 1518956 w 3638953"/>
+              <a:gd name="connsiteY81" fmla="*/ 985354 h 8634633"/>
+              <a:gd name="connsiteX82" fmla="*/ 1468892 w 3638953"/>
+              <a:gd name="connsiteY82" fmla="*/ 968657 h 8634633"/>
+              <a:gd name="connsiteX83" fmla="*/ 1135028 w 3638953"/>
+              <a:gd name="connsiteY83" fmla="*/ 1219179 h 8634633"/>
+              <a:gd name="connsiteX84" fmla="*/ 1084964 w 3638953"/>
+              <a:gd name="connsiteY84" fmla="*/ 1219179 h 8634633"/>
+              <a:gd name="connsiteX85" fmla="*/ 701036 w 3638953"/>
+              <a:gd name="connsiteY85" fmla="*/ 1118964 h 8634633"/>
+              <a:gd name="connsiteX86" fmla="*/ 701036 w 3638953"/>
+              <a:gd name="connsiteY86" fmla="*/ 1135660 h 8634633"/>
+              <a:gd name="connsiteX87" fmla="*/ 717691 w 3638953"/>
+              <a:gd name="connsiteY87" fmla="*/ 1169054 h 8634633"/>
+              <a:gd name="connsiteX88" fmla="*/ 701036 w 3638953"/>
+              <a:gd name="connsiteY88" fmla="*/ 1269270 h 8634633"/>
+              <a:gd name="connsiteX89" fmla="*/ 934737 w 3638953"/>
+              <a:gd name="connsiteY89" fmla="*/ 1519791 h 8634633"/>
+              <a:gd name="connsiteX90" fmla="*/ 934737 w 3638953"/>
+              <a:gd name="connsiteY90" fmla="*/ 1586612 h 8634633"/>
+              <a:gd name="connsiteX91" fmla="*/ 617562 w 3638953"/>
+              <a:gd name="connsiteY91" fmla="*/ 1787042 h 8634633"/>
+              <a:gd name="connsiteX92" fmla="*/ 968080 w 3638953"/>
+              <a:gd name="connsiteY92" fmla="*/ 2421694 h 8634633"/>
+              <a:gd name="connsiteX93" fmla="*/ 1084964 w 3638953"/>
+              <a:gd name="connsiteY93" fmla="*/ 2505212 h 8634633"/>
+              <a:gd name="connsiteX94" fmla="*/ 1101619 w 3638953"/>
+              <a:gd name="connsiteY94" fmla="*/ 2505212 h 8634633"/>
+              <a:gd name="connsiteX95" fmla="*/ 1402106 w 3638953"/>
+              <a:gd name="connsiteY95" fmla="*/ 2221297 h 8634633"/>
+              <a:gd name="connsiteX96" fmla="*/ 1452204 w 3638953"/>
+              <a:gd name="connsiteY96" fmla="*/ 2221297 h 8634633"/>
+              <a:gd name="connsiteX97" fmla="*/ 1752657 w 3638953"/>
+              <a:gd name="connsiteY97" fmla="*/ 2354906 h 8634633"/>
+              <a:gd name="connsiteX98" fmla="*/ 2103209 w 3638953"/>
+              <a:gd name="connsiteY98" fmla="*/ 2221297 h 8634633"/>
+              <a:gd name="connsiteX99" fmla="*/ 2119897 w 3638953"/>
+              <a:gd name="connsiteY99" fmla="*/ 2221297 h 8634633"/>
+              <a:gd name="connsiteX100" fmla="*/ 2420350 w 3638953"/>
+              <a:gd name="connsiteY100" fmla="*/ 2505212 h 8634633"/>
+              <a:gd name="connsiteX101" fmla="*/ 2887753 w 3638953"/>
+              <a:gd name="connsiteY101" fmla="*/ 1787042 h 8634633"/>
+              <a:gd name="connsiteX102" fmla="*/ 2837655 w 3638953"/>
+              <a:gd name="connsiteY102" fmla="*/ 1787042 h 8634633"/>
+              <a:gd name="connsiteX103" fmla="*/ 2570577 w 3638953"/>
+              <a:gd name="connsiteY103" fmla="*/ 1553218 h 8634633"/>
+              <a:gd name="connsiteX104" fmla="*/ 2804278 w 3638953"/>
+              <a:gd name="connsiteY104" fmla="*/ 1286000 h 8634633"/>
+              <a:gd name="connsiteX105" fmla="*/ 2804278 w 3638953"/>
+              <a:gd name="connsiteY105" fmla="*/ 1118997 h 8634633"/>
+              <a:gd name="connsiteX106" fmla="*/ 2437039 w 3638953"/>
+              <a:gd name="connsiteY106" fmla="*/ 1219212 h 8634633"/>
+              <a:gd name="connsiteX107" fmla="*/ 2370286 w 3638953"/>
+              <a:gd name="connsiteY107" fmla="*/ 1219212 h 8634633"/>
+              <a:gd name="connsiteX108" fmla="*/ 2053111 w 3638953"/>
+              <a:gd name="connsiteY108" fmla="*/ 968691 h 8634633"/>
+              <a:gd name="connsiteX109" fmla="*/ 1952948 w 3638953"/>
+              <a:gd name="connsiteY109" fmla="*/ 985388 h 8634633"/>
+              <a:gd name="connsiteX110" fmla="*/ 1752624 w 3638953"/>
+              <a:gd name="connsiteY110" fmla="*/ 901870 h 8634633"/>
+              <a:gd name="connsiteX111" fmla="*/ 1518956 w 3638953"/>
+              <a:gd name="connsiteY111" fmla="*/ 985354 h 8634633"/>
+              <a:gd name="connsiteX112" fmla="*/ 667660 w 3638953"/>
+              <a:gd name="connsiteY112" fmla="*/ 584527 h 8634633"/>
+              <a:gd name="connsiteX113" fmla="*/ 867951 w 3638953"/>
+              <a:gd name="connsiteY113" fmla="*/ 784958 h 8634633"/>
+              <a:gd name="connsiteX114" fmla="*/ 1034900 w 3638953"/>
+              <a:gd name="connsiteY114" fmla="*/ 684742 h 8634633"/>
+              <a:gd name="connsiteX115" fmla="*/ 1034900 w 3638953"/>
+              <a:gd name="connsiteY115" fmla="*/ 651315 h 8634633"/>
+              <a:gd name="connsiteX116" fmla="*/ 968113 w 3638953"/>
+              <a:gd name="connsiteY116" fmla="*/ 584494 h 8634633"/>
+              <a:gd name="connsiteX117" fmla="*/ 884673 w 3638953"/>
+              <a:gd name="connsiteY117" fmla="*/ 584494 h 8634633"/>
+              <a:gd name="connsiteX118" fmla="*/ 834541 w 3638953"/>
+              <a:gd name="connsiteY118" fmla="*/ 617955 h 8634633"/>
+              <a:gd name="connsiteX119" fmla="*/ 817887 w 3638953"/>
+              <a:gd name="connsiteY119" fmla="*/ 617955 h 8634633"/>
+              <a:gd name="connsiteX120" fmla="*/ 817887 w 3638953"/>
+              <a:gd name="connsiteY120" fmla="*/ 601258 h 8634633"/>
+              <a:gd name="connsiteX121" fmla="*/ 1001490 w 3638953"/>
+              <a:gd name="connsiteY121" fmla="*/ 450952 h 8634633"/>
+              <a:gd name="connsiteX122" fmla="*/ 1368729 w 3638953"/>
+              <a:gd name="connsiteY122" fmla="*/ 768261 h 8634633"/>
+              <a:gd name="connsiteX123" fmla="*/ 1518956 w 3638953"/>
+              <a:gd name="connsiteY123" fmla="*/ 818385 h 8634633"/>
+              <a:gd name="connsiteX124" fmla="*/ 1619118 w 3638953"/>
+              <a:gd name="connsiteY124" fmla="*/ 818385 h 8634633"/>
+              <a:gd name="connsiteX125" fmla="*/ 1736003 w 3638953"/>
+              <a:gd name="connsiteY125" fmla="*/ 634652 h 8634633"/>
+              <a:gd name="connsiteX126" fmla="*/ 1669216 w 3638953"/>
+              <a:gd name="connsiteY126" fmla="*/ 534436 h 8634633"/>
+              <a:gd name="connsiteX127" fmla="*/ 1602464 w 3638953"/>
+              <a:gd name="connsiteY127" fmla="*/ 534436 h 8634633"/>
+              <a:gd name="connsiteX128" fmla="*/ 1552366 w 3638953"/>
+              <a:gd name="connsiteY128" fmla="*/ 584527 h 8634633"/>
+              <a:gd name="connsiteX129" fmla="*/ 1552366 w 3638953"/>
+              <a:gd name="connsiteY129" fmla="*/ 601224 h 8634633"/>
+              <a:gd name="connsiteX130" fmla="*/ 1669216 w 3638953"/>
+              <a:gd name="connsiteY130" fmla="*/ 668045 h 8634633"/>
+              <a:gd name="connsiteX131" fmla="*/ 1619118 w 3638953"/>
+              <a:gd name="connsiteY131" fmla="*/ 734867 h 8634633"/>
+              <a:gd name="connsiteX132" fmla="*/ 1569054 w 3638953"/>
+              <a:gd name="connsiteY132" fmla="*/ 734867 h 8634633"/>
+              <a:gd name="connsiteX133" fmla="*/ 1335353 w 3638953"/>
+              <a:gd name="connsiteY133" fmla="*/ 501042 h 8634633"/>
+              <a:gd name="connsiteX134" fmla="*/ 1034866 w 3638953"/>
+              <a:gd name="connsiteY134" fmla="*/ 334039 h 8634633"/>
+              <a:gd name="connsiteX135" fmla="*/ 968080 w 3638953"/>
+              <a:gd name="connsiteY135" fmla="*/ 334039 h 8634633"/>
+              <a:gd name="connsiteX136" fmla="*/ 667660 w 3638953"/>
+              <a:gd name="connsiteY136" fmla="*/ 584527 h 8634633"/>
+              <a:gd name="connsiteX137" fmla="*/ 1769345 w 3638953"/>
+              <a:gd name="connsiteY137" fmla="*/ 2889309 h 8634633"/>
+              <a:gd name="connsiteX138" fmla="*/ 2153273 w 3638953"/>
+              <a:gd name="connsiteY138" fmla="*/ 3039615 h 8634633"/>
+              <a:gd name="connsiteX139" fmla="*/ 2236748 w 3638953"/>
+              <a:gd name="connsiteY139" fmla="*/ 3039615 h 8634633"/>
+              <a:gd name="connsiteX140" fmla="*/ 2370286 w 3638953"/>
+              <a:gd name="connsiteY140" fmla="*/ 3139830 h 8634633"/>
+              <a:gd name="connsiteX141" fmla="*/ 2503825 w 3638953"/>
+              <a:gd name="connsiteY141" fmla="*/ 3223348 h 8634633"/>
+              <a:gd name="connsiteX142" fmla="*/ 2503825 w 3638953"/>
+              <a:gd name="connsiteY142" fmla="*/ 3290136 h 8634633"/>
+              <a:gd name="connsiteX143" fmla="*/ 2236748 w 3638953"/>
+              <a:gd name="connsiteY143" fmla="*/ 3407048 h 8634633"/>
+              <a:gd name="connsiteX144" fmla="*/ 2236748 w 3638953"/>
+              <a:gd name="connsiteY144" fmla="*/ 3423745 h 8634633"/>
+              <a:gd name="connsiteX145" fmla="*/ 2220059 w 3638953"/>
+              <a:gd name="connsiteY145" fmla="*/ 3423745 h 8634633"/>
+              <a:gd name="connsiteX146" fmla="*/ 2019735 w 3638953"/>
+              <a:gd name="connsiteY146" fmla="*/ 3457173 h 8634633"/>
+              <a:gd name="connsiteX147" fmla="*/ 2019735 w 3638953"/>
+              <a:gd name="connsiteY147" fmla="*/ 3473870 h 8634633"/>
+              <a:gd name="connsiteX148" fmla="*/ 2320221 w 3638953"/>
+              <a:gd name="connsiteY148" fmla="*/ 3858000 h 8634633"/>
+              <a:gd name="connsiteX149" fmla="*/ 2370320 w 3638953"/>
+              <a:gd name="connsiteY149" fmla="*/ 4041700 h 8634633"/>
+              <a:gd name="connsiteX150" fmla="*/ 2370320 w 3638953"/>
+              <a:gd name="connsiteY150" fmla="*/ 4141915 h 8634633"/>
+              <a:gd name="connsiteX151" fmla="*/ 2053144 w 3638953"/>
+              <a:gd name="connsiteY151" fmla="*/ 4392437 h 8634633"/>
+              <a:gd name="connsiteX152" fmla="*/ 2136585 w 3638953"/>
+              <a:gd name="connsiteY152" fmla="*/ 4492652 h 8634633"/>
+              <a:gd name="connsiteX153" fmla="*/ 2136585 w 3638953"/>
+              <a:gd name="connsiteY153" fmla="*/ 4592867 h 8634633"/>
+              <a:gd name="connsiteX154" fmla="*/ 2003046 w 3638953"/>
+              <a:gd name="connsiteY154" fmla="*/ 4693082 h 8634633"/>
+              <a:gd name="connsiteX155" fmla="*/ 2003046 w 3638953"/>
+              <a:gd name="connsiteY155" fmla="*/ 4943603 h 8634633"/>
+              <a:gd name="connsiteX156" fmla="*/ 2203371 w 3638953"/>
+              <a:gd name="connsiteY156" fmla="*/ 5761955 h 8634633"/>
+              <a:gd name="connsiteX157" fmla="*/ 2220059 w 3638953"/>
+              <a:gd name="connsiteY157" fmla="*/ 5945688 h 8634633"/>
+              <a:gd name="connsiteX158" fmla="*/ 2053111 w 3638953"/>
+              <a:gd name="connsiteY158" fmla="*/ 6329819 h 8634633"/>
+              <a:gd name="connsiteX159" fmla="*/ 2153273 w 3638953"/>
+              <a:gd name="connsiteY159" fmla="*/ 6396640 h 8634633"/>
+              <a:gd name="connsiteX160" fmla="*/ 2153273 w 3638953"/>
+              <a:gd name="connsiteY160" fmla="*/ 6463461 h 8634633"/>
+              <a:gd name="connsiteX161" fmla="*/ 2119931 w 3638953"/>
+              <a:gd name="connsiteY161" fmla="*/ 6513552 h 8634633"/>
+              <a:gd name="connsiteX162" fmla="*/ 2186683 w 3638953"/>
+              <a:gd name="connsiteY162" fmla="*/ 6580373 h 8634633"/>
+              <a:gd name="connsiteX163" fmla="*/ 2086520 w 3638953"/>
+              <a:gd name="connsiteY163" fmla="*/ 6613767 h 8634633"/>
+              <a:gd name="connsiteX164" fmla="*/ 2086520 w 3638953"/>
+              <a:gd name="connsiteY164" fmla="*/ 8100197 h 8634633"/>
+              <a:gd name="connsiteX165" fmla="*/ 2186683 w 3638953"/>
+              <a:gd name="connsiteY165" fmla="*/ 8233806 h 8634633"/>
+              <a:gd name="connsiteX166" fmla="*/ 2086520 w 3638953"/>
+              <a:gd name="connsiteY166" fmla="*/ 8317291 h 8634633"/>
+              <a:gd name="connsiteX167" fmla="*/ 2103209 w 3638953"/>
+              <a:gd name="connsiteY167" fmla="*/ 8434203 h 8634633"/>
+              <a:gd name="connsiteX168" fmla="*/ 1786033 w 3638953"/>
+              <a:gd name="connsiteY168" fmla="*/ 8634634 h 8634633"/>
+              <a:gd name="connsiteX169" fmla="*/ 1685871 w 3638953"/>
+              <a:gd name="connsiteY169" fmla="*/ 8634634 h 8634633"/>
+              <a:gd name="connsiteX170" fmla="*/ 1402106 w 3638953"/>
+              <a:gd name="connsiteY170" fmla="*/ 8417506 h 8634633"/>
+              <a:gd name="connsiteX171" fmla="*/ 1418794 w 3638953"/>
+              <a:gd name="connsiteY171" fmla="*/ 8317291 h 8634633"/>
+              <a:gd name="connsiteX172" fmla="*/ 1335353 w 3638953"/>
+              <a:gd name="connsiteY172" fmla="*/ 8250503 h 8634633"/>
+              <a:gd name="connsiteX173" fmla="*/ 1335353 w 3638953"/>
+              <a:gd name="connsiteY173" fmla="*/ 8233806 h 8634633"/>
+              <a:gd name="connsiteX174" fmla="*/ 1435515 w 3638953"/>
+              <a:gd name="connsiteY174" fmla="*/ 8100197 h 8634633"/>
+              <a:gd name="connsiteX175" fmla="*/ 1435515 w 3638953"/>
+              <a:gd name="connsiteY175" fmla="*/ 6613767 h 8634633"/>
+              <a:gd name="connsiteX176" fmla="*/ 1335353 w 3638953"/>
+              <a:gd name="connsiteY176" fmla="*/ 6613767 h 8634633"/>
+              <a:gd name="connsiteX177" fmla="*/ 1335353 w 3638953"/>
+              <a:gd name="connsiteY177" fmla="*/ 6580373 h 8634633"/>
+              <a:gd name="connsiteX178" fmla="*/ 1402106 w 3638953"/>
+              <a:gd name="connsiteY178" fmla="*/ 6513552 h 8634633"/>
+              <a:gd name="connsiteX179" fmla="*/ 1368696 w 3638953"/>
+              <a:gd name="connsiteY179" fmla="*/ 6413337 h 8634633"/>
+              <a:gd name="connsiteX180" fmla="*/ 1368696 w 3638953"/>
+              <a:gd name="connsiteY180" fmla="*/ 6396640 h 8634633"/>
+              <a:gd name="connsiteX181" fmla="*/ 1468892 w 3638953"/>
+              <a:gd name="connsiteY181" fmla="*/ 6329819 h 8634633"/>
+              <a:gd name="connsiteX182" fmla="*/ 1301943 w 3638953"/>
+              <a:gd name="connsiteY182" fmla="*/ 5945688 h 8634633"/>
+              <a:gd name="connsiteX183" fmla="*/ 1502234 w 3638953"/>
+              <a:gd name="connsiteY183" fmla="*/ 5077212 h 8634633"/>
+              <a:gd name="connsiteX184" fmla="*/ 1518923 w 3638953"/>
+              <a:gd name="connsiteY184" fmla="*/ 4860085 h 8634633"/>
+              <a:gd name="connsiteX185" fmla="*/ 1518923 w 3638953"/>
+              <a:gd name="connsiteY185" fmla="*/ 4693082 h 8634633"/>
+              <a:gd name="connsiteX186" fmla="*/ 1368696 w 3638953"/>
+              <a:gd name="connsiteY186" fmla="*/ 4542776 h 8634633"/>
+              <a:gd name="connsiteX187" fmla="*/ 1468892 w 3638953"/>
+              <a:gd name="connsiteY187" fmla="*/ 4409167 h 8634633"/>
+              <a:gd name="connsiteX188" fmla="*/ 1468892 w 3638953"/>
+              <a:gd name="connsiteY188" fmla="*/ 4392470 h 8634633"/>
+              <a:gd name="connsiteX189" fmla="*/ 1135028 w 3638953"/>
+              <a:gd name="connsiteY189" fmla="*/ 4091824 h 8634633"/>
+              <a:gd name="connsiteX190" fmla="*/ 1135028 w 3638953"/>
+              <a:gd name="connsiteY190" fmla="*/ 4075127 h 8634633"/>
+              <a:gd name="connsiteX191" fmla="*/ 1468892 w 3638953"/>
+              <a:gd name="connsiteY191" fmla="*/ 3574085 h 8634633"/>
+              <a:gd name="connsiteX192" fmla="*/ 1502234 w 3638953"/>
+              <a:gd name="connsiteY192" fmla="*/ 3457173 h 8634633"/>
+              <a:gd name="connsiteX193" fmla="*/ 1285255 w 3638953"/>
+              <a:gd name="connsiteY193" fmla="*/ 3407082 h 8634633"/>
+              <a:gd name="connsiteX194" fmla="*/ 1018178 w 3638953"/>
+              <a:gd name="connsiteY194" fmla="*/ 3290170 h 8634633"/>
+              <a:gd name="connsiteX195" fmla="*/ 1001490 w 3638953"/>
+              <a:gd name="connsiteY195" fmla="*/ 3256776 h 8634633"/>
+              <a:gd name="connsiteX196" fmla="*/ 1001490 w 3638953"/>
+              <a:gd name="connsiteY196" fmla="*/ 3223382 h 8634633"/>
+              <a:gd name="connsiteX197" fmla="*/ 1285255 w 3638953"/>
+              <a:gd name="connsiteY197" fmla="*/ 3089773 h 8634633"/>
+              <a:gd name="connsiteX198" fmla="*/ 1285255 w 3638953"/>
+              <a:gd name="connsiteY198" fmla="*/ 3039649 h 8634633"/>
+              <a:gd name="connsiteX199" fmla="*/ 1368696 w 3638953"/>
+              <a:gd name="connsiteY199" fmla="*/ 3039649 h 8634633"/>
+              <a:gd name="connsiteX200" fmla="*/ 1769345 w 3638953"/>
+              <a:gd name="connsiteY200" fmla="*/ 2889309 h 8634633"/>
+              <a:gd name="connsiteX201" fmla="*/ 1418794 w 3638953"/>
+              <a:gd name="connsiteY201" fmla="*/ 300612 h 8634633"/>
+              <a:gd name="connsiteX202" fmla="*/ 1418794 w 3638953"/>
+              <a:gd name="connsiteY202" fmla="*/ 434221 h 8634633"/>
+              <a:gd name="connsiteX203" fmla="*/ 1552332 w 3638953"/>
+              <a:gd name="connsiteY203" fmla="*/ 501009 h 8634633"/>
+              <a:gd name="connsiteX204" fmla="*/ 1619085 w 3638953"/>
+              <a:gd name="connsiteY204" fmla="*/ 450918 h 8634633"/>
+              <a:gd name="connsiteX205" fmla="*/ 1619085 w 3638953"/>
+              <a:gd name="connsiteY205" fmla="*/ 400827 h 8634633"/>
+              <a:gd name="connsiteX206" fmla="*/ 1585742 w 3638953"/>
+              <a:gd name="connsiteY206" fmla="*/ 367433 h 8634633"/>
+              <a:gd name="connsiteX207" fmla="*/ 1552332 w 3638953"/>
+              <a:gd name="connsiteY207" fmla="*/ 367433 h 8634633"/>
+              <a:gd name="connsiteX208" fmla="*/ 1485546 w 3638953"/>
+              <a:gd name="connsiteY208" fmla="*/ 417524 h 8634633"/>
+              <a:gd name="connsiteX209" fmla="*/ 1452204 w 3638953"/>
+              <a:gd name="connsiteY209" fmla="*/ 417524 h 8634633"/>
+              <a:gd name="connsiteX210" fmla="*/ 1452204 w 3638953"/>
+              <a:gd name="connsiteY210" fmla="*/ 400827 h 8634633"/>
+              <a:gd name="connsiteX211" fmla="*/ 1769345 w 3638953"/>
+              <a:gd name="connsiteY211" fmla="*/ 233824 h 8634633"/>
+              <a:gd name="connsiteX212" fmla="*/ 2053111 w 3638953"/>
+              <a:gd name="connsiteY212" fmla="*/ 350736 h 8634633"/>
+              <a:gd name="connsiteX213" fmla="*/ 2053111 w 3638953"/>
+              <a:gd name="connsiteY213" fmla="*/ 417558 h 8634633"/>
+              <a:gd name="connsiteX214" fmla="*/ 2036423 w 3638953"/>
+              <a:gd name="connsiteY214" fmla="*/ 417558 h 8634633"/>
+              <a:gd name="connsiteX215" fmla="*/ 1969670 w 3638953"/>
+              <a:gd name="connsiteY215" fmla="*/ 367467 h 8634633"/>
+              <a:gd name="connsiteX216" fmla="*/ 1919572 w 3638953"/>
+              <a:gd name="connsiteY216" fmla="*/ 367467 h 8634633"/>
+              <a:gd name="connsiteX217" fmla="*/ 1886162 w 3638953"/>
+              <a:gd name="connsiteY217" fmla="*/ 400861 h 8634633"/>
+              <a:gd name="connsiteX218" fmla="*/ 1886162 w 3638953"/>
+              <a:gd name="connsiteY218" fmla="*/ 450952 h 8634633"/>
+              <a:gd name="connsiteX219" fmla="*/ 1969637 w 3638953"/>
+              <a:gd name="connsiteY219" fmla="*/ 501042 h 8634633"/>
+              <a:gd name="connsiteX220" fmla="*/ 2103175 w 3638953"/>
+              <a:gd name="connsiteY220" fmla="*/ 367433 h 8634633"/>
+              <a:gd name="connsiteX221" fmla="*/ 1819410 w 3638953"/>
+              <a:gd name="connsiteY221" fmla="*/ 167003 h 8634633"/>
+              <a:gd name="connsiteX222" fmla="*/ 1685871 w 3638953"/>
+              <a:gd name="connsiteY222" fmla="*/ 167003 h 8634633"/>
+              <a:gd name="connsiteX223" fmla="*/ 1418794 w 3638953"/>
+              <a:gd name="connsiteY223" fmla="*/ 300612 h 8634633"/>
+              <a:gd name="connsiteX224" fmla="*/ 1936260 w 3638953"/>
+              <a:gd name="connsiteY224" fmla="*/ 734833 h 8634633"/>
+              <a:gd name="connsiteX225" fmla="*/ 1886162 w 3638953"/>
+              <a:gd name="connsiteY225" fmla="*/ 734833 h 8634633"/>
+              <a:gd name="connsiteX226" fmla="*/ 1852820 w 3638953"/>
+              <a:gd name="connsiteY226" fmla="*/ 651315 h 8634633"/>
+              <a:gd name="connsiteX227" fmla="*/ 1952982 w 3638953"/>
+              <a:gd name="connsiteY227" fmla="*/ 601224 h 8634633"/>
+              <a:gd name="connsiteX228" fmla="*/ 1952982 w 3638953"/>
+              <a:gd name="connsiteY228" fmla="*/ 584527 h 8634633"/>
+              <a:gd name="connsiteX229" fmla="*/ 1902884 w 3638953"/>
+              <a:gd name="connsiteY229" fmla="*/ 534436 h 8634633"/>
+              <a:gd name="connsiteX230" fmla="*/ 1836131 w 3638953"/>
+              <a:gd name="connsiteY230" fmla="*/ 534436 h 8634633"/>
+              <a:gd name="connsiteX231" fmla="*/ 1786033 w 3638953"/>
+              <a:gd name="connsiteY231" fmla="*/ 584527 h 8634633"/>
+              <a:gd name="connsiteX232" fmla="*/ 1786033 w 3638953"/>
+              <a:gd name="connsiteY232" fmla="*/ 684742 h 8634633"/>
+              <a:gd name="connsiteX233" fmla="*/ 1936260 w 3638953"/>
+              <a:gd name="connsiteY233" fmla="*/ 818351 h 8634633"/>
+              <a:gd name="connsiteX234" fmla="*/ 1969670 w 3638953"/>
+              <a:gd name="connsiteY234" fmla="*/ 818351 h 8634633"/>
+              <a:gd name="connsiteX235" fmla="*/ 2303500 w 3638953"/>
+              <a:gd name="connsiteY235" fmla="*/ 551133 h 8634633"/>
+              <a:gd name="connsiteX236" fmla="*/ 2503825 w 3638953"/>
+              <a:gd name="connsiteY236" fmla="*/ 450918 h 8634633"/>
+              <a:gd name="connsiteX237" fmla="*/ 2704116 w 3638953"/>
+              <a:gd name="connsiteY237" fmla="*/ 617955 h 8634633"/>
+              <a:gd name="connsiteX238" fmla="*/ 2670706 w 3638953"/>
+              <a:gd name="connsiteY238" fmla="*/ 617955 h 8634633"/>
+              <a:gd name="connsiteX239" fmla="*/ 2620642 w 3638953"/>
+              <a:gd name="connsiteY239" fmla="*/ 584527 h 8634633"/>
+              <a:gd name="connsiteX240" fmla="*/ 2537168 w 3638953"/>
+              <a:gd name="connsiteY240" fmla="*/ 584527 h 8634633"/>
+              <a:gd name="connsiteX241" fmla="*/ 2470415 w 3638953"/>
+              <a:gd name="connsiteY241" fmla="*/ 668045 h 8634633"/>
+              <a:gd name="connsiteX242" fmla="*/ 2637363 w 3638953"/>
+              <a:gd name="connsiteY242" fmla="*/ 784958 h 8634633"/>
+              <a:gd name="connsiteX243" fmla="*/ 2837655 w 3638953"/>
+              <a:gd name="connsiteY243" fmla="*/ 601258 h 8634633"/>
+              <a:gd name="connsiteX244" fmla="*/ 2537168 w 3638953"/>
+              <a:gd name="connsiteY244" fmla="*/ 334039 h 8634633"/>
+              <a:gd name="connsiteX245" fmla="*/ 2470415 w 3638953"/>
+              <a:gd name="connsiteY245" fmla="*/ 334039 h 8634633"/>
+              <a:gd name="connsiteX246" fmla="*/ 2053111 w 3638953"/>
+              <a:gd name="connsiteY246" fmla="*/ 684776 h 8634633"/>
+              <a:gd name="connsiteX247" fmla="*/ 1936260 w 3638953"/>
+              <a:gd name="connsiteY247" fmla="*/ 734833 h 8634633"/>
+              <a:gd name="connsiteX248" fmla="*/ 2704116 w 3638953"/>
+              <a:gd name="connsiteY248" fmla="*/ 1553185 h 8634633"/>
+              <a:gd name="connsiteX249" fmla="*/ 2804278 w 3638953"/>
+              <a:gd name="connsiteY249" fmla="*/ 1670097 h 8634633"/>
+              <a:gd name="connsiteX250" fmla="*/ 2904474 w 3638953"/>
+              <a:gd name="connsiteY250" fmla="*/ 1670097 h 8634633"/>
+              <a:gd name="connsiteX251" fmla="*/ 2954539 w 3638953"/>
+              <a:gd name="connsiteY251" fmla="*/ 1620006 h 8634633"/>
+              <a:gd name="connsiteX252" fmla="*/ 2954539 w 3638953"/>
+              <a:gd name="connsiteY252" fmla="*/ 1586612 h 8634633"/>
+              <a:gd name="connsiteX253" fmla="*/ 2904474 w 3638953"/>
+              <a:gd name="connsiteY253" fmla="*/ 1536488 h 8634633"/>
+              <a:gd name="connsiteX254" fmla="*/ 2871064 w 3638953"/>
+              <a:gd name="connsiteY254" fmla="*/ 1536488 h 8634633"/>
+              <a:gd name="connsiteX255" fmla="*/ 2804278 w 3638953"/>
+              <a:gd name="connsiteY255" fmla="*/ 1603309 h 8634633"/>
+              <a:gd name="connsiteX256" fmla="*/ 2787590 w 3638953"/>
+              <a:gd name="connsiteY256" fmla="*/ 1603309 h 8634633"/>
+              <a:gd name="connsiteX257" fmla="*/ 2787590 w 3638953"/>
+              <a:gd name="connsiteY257" fmla="*/ 1569915 h 8634633"/>
+              <a:gd name="connsiteX258" fmla="*/ 2921129 w 3638953"/>
+              <a:gd name="connsiteY258" fmla="*/ 1453003 h 8634633"/>
+              <a:gd name="connsiteX259" fmla="*/ 3054667 w 3638953"/>
+              <a:gd name="connsiteY259" fmla="*/ 1670097 h 8634633"/>
+              <a:gd name="connsiteX260" fmla="*/ 2387008 w 3638953"/>
+              <a:gd name="connsiteY260" fmla="*/ 2672182 h 8634633"/>
+              <a:gd name="connsiteX261" fmla="*/ 2203371 w 3638953"/>
+              <a:gd name="connsiteY261" fmla="*/ 2722273 h 8634633"/>
+              <a:gd name="connsiteX262" fmla="*/ 2019735 w 3638953"/>
+              <a:gd name="connsiteY262" fmla="*/ 2555270 h 8634633"/>
+              <a:gd name="connsiteX263" fmla="*/ 2086520 w 3638953"/>
+              <a:gd name="connsiteY263" fmla="*/ 2471751 h 8634633"/>
+              <a:gd name="connsiteX264" fmla="*/ 2153273 w 3638953"/>
+              <a:gd name="connsiteY264" fmla="*/ 2471751 h 8634633"/>
+              <a:gd name="connsiteX265" fmla="*/ 2153273 w 3638953"/>
+              <a:gd name="connsiteY265" fmla="*/ 2488448 h 8634633"/>
+              <a:gd name="connsiteX266" fmla="*/ 2103209 w 3638953"/>
+              <a:gd name="connsiteY266" fmla="*/ 2555270 h 8634633"/>
+              <a:gd name="connsiteX267" fmla="*/ 2103209 w 3638953"/>
+              <a:gd name="connsiteY267" fmla="*/ 2588664 h 8634633"/>
+              <a:gd name="connsiteX268" fmla="*/ 2203371 w 3638953"/>
+              <a:gd name="connsiteY268" fmla="*/ 2638788 h 8634633"/>
+              <a:gd name="connsiteX269" fmla="*/ 2270124 w 3638953"/>
+              <a:gd name="connsiteY269" fmla="*/ 2571966 h 8634633"/>
+              <a:gd name="connsiteX270" fmla="*/ 2270124 w 3638953"/>
+              <a:gd name="connsiteY270" fmla="*/ 2488482 h 8634633"/>
+              <a:gd name="connsiteX271" fmla="*/ 2119931 w 3638953"/>
+              <a:gd name="connsiteY271" fmla="*/ 2388267 h 8634633"/>
+              <a:gd name="connsiteX272" fmla="*/ 2086520 w 3638953"/>
+              <a:gd name="connsiteY272" fmla="*/ 2388267 h 8634633"/>
+              <a:gd name="connsiteX273" fmla="*/ 1836131 w 3638953"/>
+              <a:gd name="connsiteY273" fmla="*/ 2538573 h 8634633"/>
+              <a:gd name="connsiteX274" fmla="*/ 1836131 w 3638953"/>
+              <a:gd name="connsiteY274" fmla="*/ 2605394 h 8634633"/>
+              <a:gd name="connsiteX275" fmla="*/ 2119897 w 3638953"/>
+              <a:gd name="connsiteY275" fmla="*/ 2839218 h 8634633"/>
+              <a:gd name="connsiteX276" fmla="*/ 2203337 w 3638953"/>
+              <a:gd name="connsiteY276" fmla="*/ 2839218 h 8634633"/>
+              <a:gd name="connsiteX277" fmla="*/ 3204861 w 3638953"/>
+              <a:gd name="connsiteY277" fmla="*/ 2137779 h 8634633"/>
+              <a:gd name="connsiteX278" fmla="*/ 3338400 w 3638953"/>
+              <a:gd name="connsiteY278" fmla="*/ 1620040 h 8634633"/>
+              <a:gd name="connsiteX279" fmla="*/ 3088010 w 3638953"/>
+              <a:gd name="connsiteY279" fmla="*/ 1369518 h 8634633"/>
+              <a:gd name="connsiteX280" fmla="*/ 2987848 w 3638953"/>
+              <a:gd name="connsiteY280" fmla="*/ 1369518 h 8634633"/>
+              <a:gd name="connsiteX281" fmla="*/ 2704116 w 3638953"/>
+              <a:gd name="connsiteY281" fmla="*/ 1553185 h 8634633"/>
+              <a:gd name="connsiteX282" fmla="*/ 2220059 w 3638953"/>
+              <a:gd name="connsiteY282" fmla="*/ 6697184 h 8634633"/>
+              <a:gd name="connsiteX283" fmla="*/ 3605510 w 3638953"/>
+              <a:gd name="connsiteY283" fmla="*/ 6697184 h 8634633"/>
+              <a:gd name="connsiteX284" fmla="*/ 3638920 w 3638953"/>
+              <a:gd name="connsiteY284" fmla="*/ 6730578 h 8634633"/>
+              <a:gd name="connsiteX285" fmla="*/ 3638920 w 3638953"/>
+              <a:gd name="connsiteY285" fmla="*/ 7265015 h 8634633"/>
+              <a:gd name="connsiteX286" fmla="*/ 3505381 w 3638953"/>
+              <a:gd name="connsiteY286" fmla="*/ 7315139 h 8634633"/>
+              <a:gd name="connsiteX287" fmla="*/ 3438596 w 3638953"/>
+              <a:gd name="connsiteY287" fmla="*/ 7315139 h 8634633"/>
+              <a:gd name="connsiteX288" fmla="*/ 3405252 w 3638953"/>
+              <a:gd name="connsiteY288" fmla="*/ 7281712 h 8634633"/>
+              <a:gd name="connsiteX289" fmla="*/ 3405252 w 3638953"/>
+              <a:gd name="connsiteY289" fmla="*/ 7047888 h 8634633"/>
+              <a:gd name="connsiteX290" fmla="*/ 3371843 w 3638953"/>
+              <a:gd name="connsiteY290" fmla="*/ 7047888 h 8634633"/>
+              <a:gd name="connsiteX291" fmla="*/ 3371843 w 3638953"/>
+              <a:gd name="connsiteY291" fmla="*/ 7315106 h 8634633"/>
+              <a:gd name="connsiteX292" fmla="*/ 3238304 w 3638953"/>
+              <a:gd name="connsiteY292" fmla="*/ 7315106 h 8634633"/>
+              <a:gd name="connsiteX293" fmla="*/ 3154863 w 3638953"/>
+              <a:gd name="connsiteY293" fmla="*/ 7298409 h 8634633"/>
+              <a:gd name="connsiteX294" fmla="*/ 3154863 w 3638953"/>
+              <a:gd name="connsiteY294" fmla="*/ 6964370 h 8634633"/>
+              <a:gd name="connsiteX295" fmla="*/ 2937851 w 3638953"/>
+              <a:gd name="connsiteY295" fmla="*/ 6964370 h 8634633"/>
+              <a:gd name="connsiteX296" fmla="*/ 2904508 w 3638953"/>
+              <a:gd name="connsiteY296" fmla="*/ 6997763 h 8634633"/>
+              <a:gd name="connsiteX297" fmla="*/ 2904508 w 3638953"/>
+              <a:gd name="connsiteY297" fmla="*/ 7331803 h 8634633"/>
+              <a:gd name="connsiteX298" fmla="*/ 2787624 w 3638953"/>
+              <a:gd name="connsiteY298" fmla="*/ 7331803 h 8634633"/>
+              <a:gd name="connsiteX299" fmla="*/ 2754281 w 3638953"/>
+              <a:gd name="connsiteY299" fmla="*/ 7298375 h 8634633"/>
+              <a:gd name="connsiteX300" fmla="*/ 2754281 w 3638953"/>
+              <a:gd name="connsiteY300" fmla="*/ 7047854 h 8634633"/>
+              <a:gd name="connsiteX301" fmla="*/ 2737593 w 3638953"/>
+              <a:gd name="connsiteY301" fmla="*/ 7047854 h 8634633"/>
+              <a:gd name="connsiteX302" fmla="*/ 2737593 w 3638953"/>
+              <a:gd name="connsiteY302" fmla="*/ 7315072 h 8634633"/>
+              <a:gd name="connsiteX303" fmla="*/ 2704183 w 3638953"/>
+              <a:gd name="connsiteY303" fmla="*/ 7331769 h 8634633"/>
+              <a:gd name="connsiteX304" fmla="*/ 2587333 w 3638953"/>
+              <a:gd name="connsiteY304" fmla="*/ 7331769 h 8634633"/>
+              <a:gd name="connsiteX305" fmla="*/ 2570645 w 3638953"/>
+              <a:gd name="connsiteY305" fmla="*/ 7248251 h 8634633"/>
+              <a:gd name="connsiteX306" fmla="*/ 2570645 w 3638953"/>
+              <a:gd name="connsiteY306" fmla="*/ 7081248 h 8634633"/>
+              <a:gd name="connsiteX307" fmla="*/ 2370353 w 3638953"/>
+              <a:gd name="connsiteY307" fmla="*/ 7081248 h 8634633"/>
+              <a:gd name="connsiteX308" fmla="*/ 2370353 w 3638953"/>
+              <a:gd name="connsiteY308" fmla="*/ 7231554 h 8634633"/>
+              <a:gd name="connsiteX309" fmla="*/ 2270157 w 3638953"/>
+              <a:gd name="connsiteY309" fmla="*/ 7331803 h 8634633"/>
+              <a:gd name="connsiteX310" fmla="*/ 2169995 w 3638953"/>
+              <a:gd name="connsiteY310" fmla="*/ 7331803 h 8634633"/>
+              <a:gd name="connsiteX311" fmla="*/ 2136585 w 3638953"/>
+              <a:gd name="connsiteY311" fmla="*/ 7298375 h 8634633"/>
+              <a:gd name="connsiteX312" fmla="*/ 2136585 w 3638953"/>
+              <a:gd name="connsiteY312" fmla="*/ 6713848 h 8634633"/>
+              <a:gd name="connsiteX313" fmla="*/ 2220059 w 3638953"/>
+              <a:gd name="connsiteY313" fmla="*/ 6697184 h 8634633"/>
+              <a:gd name="connsiteX314" fmla="*/ 2136552 w 3638953"/>
+              <a:gd name="connsiteY314" fmla="*/ 7398624 h 8634633"/>
+              <a:gd name="connsiteX315" fmla="*/ 2270090 w 3638953"/>
+              <a:gd name="connsiteY315" fmla="*/ 7398624 h 8634633"/>
+              <a:gd name="connsiteX316" fmla="*/ 2370286 w 3638953"/>
+              <a:gd name="connsiteY316" fmla="*/ 7498839 h 8634633"/>
+              <a:gd name="connsiteX317" fmla="*/ 2370286 w 3638953"/>
+              <a:gd name="connsiteY317" fmla="*/ 7649146 h 8634633"/>
+              <a:gd name="connsiteX318" fmla="*/ 2570577 w 3638953"/>
+              <a:gd name="connsiteY318" fmla="*/ 7649146 h 8634633"/>
+              <a:gd name="connsiteX319" fmla="*/ 2570577 w 3638953"/>
+              <a:gd name="connsiteY319" fmla="*/ 7432052 h 8634633"/>
+              <a:gd name="connsiteX320" fmla="*/ 2603987 w 3638953"/>
+              <a:gd name="connsiteY320" fmla="*/ 7398624 h 8634633"/>
+              <a:gd name="connsiteX321" fmla="*/ 2704150 w 3638953"/>
+              <a:gd name="connsiteY321" fmla="*/ 7398624 h 8634633"/>
+              <a:gd name="connsiteX322" fmla="*/ 2737559 w 3638953"/>
+              <a:gd name="connsiteY322" fmla="*/ 7432052 h 8634633"/>
+              <a:gd name="connsiteX323" fmla="*/ 2737559 w 3638953"/>
+              <a:gd name="connsiteY323" fmla="*/ 7682573 h 8634633"/>
+              <a:gd name="connsiteX324" fmla="*/ 2754247 w 3638953"/>
+              <a:gd name="connsiteY324" fmla="*/ 7682573 h 8634633"/>
+              <a:gd name="connsiteX325" fmla="*/ 2754247 w 3638953"/>
+              <a:gd name="connsiteY325" fmla="*/ 7415354 h 8634633"/>
+              <a:gd name="connsiteX326" fmla="*/ 2787590 w 3638953"/>
+              <a:gd name="connsiteY326" fmla="*/ 7398657 h 8634633"/>
+              <a:gd name="connsiteX327" fmla="*/ 2904474 w 3638953"/>
+              <a:gd name="connsiteY327" fmla="*/ 7398657 h 8634633"/>
+              <a:gd name="connsiteX328" fmla="*/ 2904474 w 3638953"/>
+              <a:gd name="connsiteY328" fmla="*/ 7766091 h 8634633"/>
+              <a:gd name="connsiteX329" fmla="*/ 3154863 w 3638953"/>
+              <a:gd name="connsiteY329" fmla="*/ 7766091 h 8634633"/>
+              <a:gd name="connsiteX330" fmla="*/ 3154863 w 3638953"/>
+              <a:gd name="connsiteY330" fmla="*/ 7432085 h 8634633"/>
+              <a:gd name="connsiteX331" fmla="*/ 3371843 w 3638953"/>
+              <a:gd name="connsiteY331" fmla="*/ 7432085 h 8634633"/>
+              <a:gd name="connsiteX332" fmla="*/ 3371843 w 3638953"/>
+              <a:gd name="connsiteY332" fmla="*/ 7682606 h 8634633"/>
+              <a:gd name="connsiteX333" fmla="*/ 3405252 w 3638953"/>
+              <a:gd name="connsiteY333" fmla="*/ 7682606 h 8634633"/>
+              <a:gd name="connsiteX334" fmla="*/ 3405252 w 3638953"/>
+              <a:gd name="connsiteY334" fmla="*/ 7432085 h 8634633"/>
+              <a:gd name="connsiteX335" fmla="*/ 3605544 w 3638953"/>
+              <a:gd name="connsiteY335" fmla="*/ 7432085 h 8634633"/>
+              <a:gd name="connsiteX336" fmla="*/ 3638953 w 3638953"/>
+              <a:gd name="connsiteY336" fmla="*/ 7465513 h 8634633"/>
+              <a:gd name="connsiteX337" fmla="*/ 3638953 w 3638953"/>
+              <a:gd name="connsiteY337" fmla="*/ 8033342 h 8634633"/>
+              <a:gd name="connsiteX338" fmla="*/ 2136619 w 3638953"/>
+              <a:gd name="connsiteY338" fmla="*/ 8033342 h 8634633"/>
+              <a:gd name="connsiteX339" fmla="*/ 2136619 w 3638953"/>
+              <a:gd name="connsiteY339" fmla="*/ 7398624 h 8634633"/>
+              <a:gd name="connsiteX340" fmla="*/ 2153273 w 3638953"/>
+              <a:gd name="connsiteY340" fmla="*/ 868442 h 8634633"/>
+              <a:gd name="connsiteX341" fmla="*/ 2387008 w 3638953"/>
+              <a:gd name="connsiteY341" fmla="*/ 1068873 h 8634633"/>
+              <a:gd name="connsiteX342" fmla="*/ 2420350 w 3638953"/>
+              <a:gd name="connsiteY342" fmla="*/ 1068873 h 8634633"/>
+              <a:gd name="connsiteX343" fmla="*/ 2971193 w 3638953"/>
+              <a:gd name="connsiteY343" fmla="*/ 918567 h 8634633"/>
+              <a:gd name="connsiteX344" fmla="*/ 3054634 w 3638953"/>
+              <a:gd name="connsiteY344" fmla="*/ 918567 h 8634633"/>
+              <a:gd name="connsiteX345" fmla="*/ 3238271 w 3638953"/>
+              <a:gd name="connsiteY345" fmla="*/ 1052176 h 8634633"/>
+              <a:gd name="connsiteX346" fmla="*/ 3171484 w 3638953"/>
+              <a:gd name="connsiteY346" fmla="*/ 1169088 h 8634633"/>
+              <a:gd name="connsiteX347" fmla="*/ 3154830 w 3638953"/>
+              <a:gd name="connsiteY347" fmla="*/ 1169088 h 8634633"/>
+              <a:gd name="connsiteX348" fmla="*/ 3071356 w 3638953"/>
+              <a:gd name="connsiteY348" fmla="*/ 1035479 h 8634633"/>
+              <a:gd name="connsiteX349" fmla="*/ 2921129 w 3638953"/>
+              <a:gd name="connsiteY349" fmla="*/ 1185785 h 8634633"/>
+              <a:gd name="connsiteX350" fmla="*/ 3071356 w 3638953"/>
+              <a:gd name="connsiteY350" fmla="*/ 1336091 h 8634633"/>
+              <a:gd name="connsiteX351" fmla="*/ 3371843 w 3638953"/>
+              <a:gd name="connsiteY351" fmla="*/ 1035445 h 8634633"/>
+              <a:gd name="connsiteX352" fmla="*/ 3371843 w 3638953"/>
+              <a:gd name="connsiteY352" fmla="*/ 1018748 h 8634633"/>
+              <a:gd name="connsiteX353" fmla="*/ 3088077 w 3638953"/>
+              <a:gd name="connsiteY353" fmla="*/ 734833 h 8634633"/>
+              <a:gd name="connsiteX354" fmla="*/ 3004637 w 3638953"/>
+              <a:gd name="connsiteY354" fmla="*/ 718136 h 8634633"/>
+              <a:gd name="connsiteX355" fmla="*/ 2470482 w 3638953"/>
+              <a:gd name="connsiteY355" fmla="*/ 951961 h 8634633"/>
+              <a:gd name="connsiteX356" fmla="*/ 2387041 w 3638953"/>
+              <a:gd name="connsiteY356" fmla="*/ 968657 h 8634633"/>
+              <a:gd name="connsiteX357" fmla="*/ 2253503 w 3638953"/>
+              <a:gd name="connsiteY357" fmla="*/ 818351 h 8634633"/>
+              <a:gd name="connsiteX358" fmla="*/ 2353665 w 3638953"/>
+              <a:gd name="connsiteY358" fmla="*/ 751530 h 8634633"/>
+              <a:gd name="connsiteX359" fmla="*/ 2370353 w 3638953"/>
+              <a:gd name="connsiteY359" fmla="*/ 751530 h 8634633"/>
+              <a:gd name="connsiteX360" fmla="*/ 2370353 w 3638953"/>
+              <a:gd name="connsiteY360" fmla="*/ 768227 h 8634633"/>
+              <a:gd name="connsiteX361" fmla="*/ 2336944 w 3638953"/>
+              <a:gd name="connsiteY361" fmla="*/ 818351 h 8634633"/>
+              <a:gd name="connsiteX362" fmla="*/ 2336944 w 3638953"/>
+              <a:gd name="connsiteY362" fmla="*/ 851745 h 8634633"/>
+              <a:gd name="connsiteX363" fmla="*/ 2420384 w 3638953"/>
+              <a:gd name="connsiteY363" fmla="*/ 901836 h 8634633"/>
+              <a:gd name="connsiteX364" fmla="*/ 2487170 w 3638953"/>
+              <a:gd name="connsiteY364" fmla="*/ 851745 h 8634633"/>
+              <a:gd name="connsiteX365" fmla="*/ 2487170 w 3638953"/>
+              <a:gd name="connsiteY365" fmla="*/ 784924 h 8634633"/>
+              <a:gd name="connsiteX366" fmla="*/ 2320221 w 3638953"/>
+              <a:gd name="connsiteY366" fmla="*/ 701406 h 8634633"/>
+              <a:gd name="connsiteX367" fmla="*/ 2153273 w 3638953"/>
+              <a:gd name="connsiteY367" fmla="*/ 868442 h 8634633"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX6" y="connsiteY6"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX7" y="connsiteY7"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX8" y="connsiteY8"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX9" y="connsiteY9"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX10" y="connsiteY10"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX11" y="connsiteY11"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX12" y="connsiteY12"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX13" y="connsiteY13"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX14" y="connsiteY14"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX15" y="connsiteY15"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX16" y="connsiteY16"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX17" y="connsiteY17"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX18" y="connsiteY18"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX19" y="connsiteY19"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX20" y="connsiteY20"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX21" y="connsiteY21"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX22" y="connsiteY22"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX23" y="connsiteY23"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX24" y="connsiteY24"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX25" y="connsiteY25"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX26" y="connsiteY26"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX27" y="connsiteY27"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX28" y="connsiteY28"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX29" y="connsiteY29"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX30" y="connsiteY30"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX31" y="connsiteY31"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX32" y="connsiteY32"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX33" y="connsiteY33"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX34" y="connsiteY34"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX35" y="connsiteY35"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX36" y="connsiteY36"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX37" y="connsiteY37"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX38" y="connsiteY38"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX39" y="connsiteY39"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX40" y="connsiteY40"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX41" y="connsiteY41"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX42" y="connsiteY42"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX43" y="connsiteY43"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX44" y="connsiteY44"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX45" y="connsiteY45"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX46" y="connsiteY46"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX47" y="connsiteY47"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX48" y="connsiteY48"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX49" y="connsiteY49"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX50" y="connsiteY50"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX51" y="connsiteY51"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX52" y="connsiteY52"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX53" y="connsiteY53"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX54" y="connsiteY54"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX55" y="connsiteY55"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX56" y="connsiteY56"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX57" y="connsiteY57"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX58" y="connsiteY58"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX59" y="connsiteY59"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX60" y="connsiteY60"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX61" y="connsiteY61"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX62" y="connsiteY62"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX63" y="connsiteY63"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX64" y="connsiteY64"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX65" y="connsiteY65"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX66" y="connsiteY66"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX67" y="connsiteY67"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX68" y="connsiteY68"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX69" y="connsiteY69"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX70" y="connsiteY70"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX71" y="connsiteY71"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX72" y="connsiteY72"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX73" y="connsiteY73"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX74" y="connsiteY74"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX75" y="connsiteY75"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX76" y="connsiteY76"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX77" y="connsiteY77"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX78" y="connsiteY78"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX79" y="connsiteY79"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX80" y="connsiteY80"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX81" y="connsiteY81"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX82" y="connsiteY82"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX83" y="connsiteY83"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX84" y="connsiteY84"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX85" y="connsiteY85"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX86" y="connsiteY86"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX87" y="connsiteY87"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX88" y="connsiteY88"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX89" y="connsiteY89"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX90" y="connsiteY90"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX91" y="connsiteY91"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX92" y="connsiteY92"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX93" y="connsiteY93"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX94" y="connsiteY94"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX95" y="connsiteY95"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX96" y="connsiteY96"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX97" y="connsiteY97"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX98" y="connsiteY98"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX99" y="connsiteY99"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX100" y="connsiteY100"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX101" y="connsiteY101"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX102" y="connsiteY102"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX103" y="connsiteY103"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX104" y="connsiteY104"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX105" y="connsiteY105"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX106" y="connsiteY106"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX107" y="connsiteY107"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX108" y="connsiteY108"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX109" y="connsiteY109"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX110" y="connsiteY110"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX111" y="connsiteY111"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX112" y="connsiteY112"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX113" y="connsiteY113"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX114" y="connsiteY114"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX115" y="connsiteY115"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX116" y="connsiteY116"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX117" y="connsiteY117"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX118" y="connsiteY118"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX119" y="connsiteY119"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX120" y="connsiteY120"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX121" y="connsiteY121"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX122" y="connsiteY122"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX123" y="connsiteY123"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX124" y="connsiteY124"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX125" y="connsiteY125"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX126" y="connsiteY126"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX127" y="connsiteY127"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX128" y="connsiteY128"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX129" y="connsiteY129"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX130" y="connsiteY130"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX131" y="connsiteY131"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX132" y="connsiteY132"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX133" y="connsiteY133"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX134" y="connsiteY134"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX135" y="connsiteY135"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX136" y="connsiteY136"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX137" y="connsiteY137"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX138" y="connsiteY138"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX139" y="connsiteY139"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX140" y="connsiteY140"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX141" y="connsiteY141"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX142" y="connsiteY142"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX143" y="connsiteY143"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX144" y="connsiteY144"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX145" y="connsiteY145"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX146" y="connsiteY146"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX147" y="connsiteY147"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX148" y="connsiteY148"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX149" y="connsiteY149"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX150" y="connsiteY150"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX151" y="connsiteY151"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX152" y="connsiteY152"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX153" y="connsiteY153"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX154" y="connsiteY154"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX155" y="connsiteY155"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX156" y="connsiteY156"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX157" y="connsiteY157"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX158" y="connsiteY158"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX159" y="connsiteY159"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX160" y="connsiteY160"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX161" y="connsiteY161"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX162" y="connsiteY162"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX163" y="connsiteY163"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX164" y="connsiteY164"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX165" y="connsiteY165"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX166" y="connsiteY166"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX167" y="connsiteY167"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX168" y="connsiteY168"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX169" y="connsiteY169"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX170" y="connsiteY170"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX171" y="connsiteY171"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX172" y="connsiteY172"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX173" y="connsiteY173"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX174" y="connsiteY174"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX175" y="connsiteY175"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX176" y="connsiteY176"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX177" y="connsiteY177"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX178" y="connsiteY178"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX179" y="connsiteY179"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX180" y="connsiteY180"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX181" y="connsiteY181"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX182" y="connsiteY182"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX183" y="connsiteY183"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX184" y="connsiteY184"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX185" y="connsiteY185"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX186" y="connsiteY186"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX187" y="connsiteY187"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX188" y="connsiteY188"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX189" y="connsiteY189"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX190" y="connsiteY190"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX191" y="connsiteY191"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX192" y="connsiteY192"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX193" y="connsiteY193"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX194" y="connsiteY194"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX195" y="connsiteY195"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX196" y="connsiteY196"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX197" y="connsiteY197"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX198" y="connsiteY198"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX199" y="connsiteY199"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX200" y="connsiteY200"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX201" y="connsiteY201"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX202" y="connsiteY202"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX203" y="connsiteY203"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX204" y="connsiteY204"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX205" y="connsiteY205"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX206" y="connsiteY206"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX207" y="connsiteY207"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX208" y="connsiteY208"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX209" y="connsiteY209"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX210" y="connsiteY210"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX211" y="connsiteY211"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX212" y="connsiteY212"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX213" y="connsiteY213"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX214" y="connsiteY214"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX215" y="connsiteY215"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX216" y="connsiteY216"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX217" y="connsiteY217"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX218" y="connsiteY218"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX219" y="connsiteY219"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX220" y="connsiteY220"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX221" y="connsiteY221"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX222" y="connsiteY222"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX223" y="connsiteY223"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX224" y="connsiteY224"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX225" y="connsiteY225"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX226" y="connsiteY226"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX227" y="connsiteY227"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX228" y="connsiteY228"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX229" y="connsiteY229"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX230" y="connsiteY230"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX231" y="connsiteY231"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX232" y="connsiteY232"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX233" y="connsiteY233"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX234" y="connsiteY234"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX235" y="connsiteY235"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX236" y="connsiteY236"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX237" y="connsiteY237"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX238" y="connsiteY238"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX239" y="connsiteY239"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX240" y="connsiteY240"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX241" y="connsiteY241"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX242" y="connsiteY242"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX243" y="connsiteY243"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX244" y="connsiteY244"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX245" y="connsiteY245"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX246" y="connsiteY246"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX247" y="connsiteY247"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX248" y="connsiteY248"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX249" y="connsiteY249"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX250" y="connsiteY250"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX251" y="connsiteY251"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX252" y="connsiteY252"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX253" y="connsiteY253"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX254" y="connsiteY254"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX255" y="connsiteY255"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX256" y="connsiteY256"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX257" y="connsiteY257"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX258" y="connsiteY258"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX259" y="connsiteY259"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX260" y="connsiteY260"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX261" y="connsiteY261"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX262" y="connsiteY262"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX263" y="connsiteY263"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX264" y="connsiteY264"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX265" y="connsiteY265"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX266" y="connsiteY266"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX267" y="connsiteY267"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX268" y="connsiteY268"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX269" y="connsiteY269"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX270" y="connsiteY270"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX271" y="connsiteY271"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX272" y="connsiteY272"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX273" y="connsiteY273"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX274" y="connsiteY274"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX275" y="connsiteY275"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX276" y="connsiteY276"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX277" y="connsiteY277"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX278" y="connsiteY278"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX279" y="connsiteY279"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX280" y="connsiteY280"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX281" y="connsiteY281"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX282" y="connsiteY282"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX283" y="connsiteY283"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX284" y="connsiteY284"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX285" y="connsiteY285"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX286" y="connsiteY286"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX287" y="connsiteY287"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX288" y="connsiteY288"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX289" y="connsiteY289"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX290" y="connsiteY290"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX291" y="connsiteY291"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX292" y="connsiteY292"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX293" y="connsiteY293"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX294" y="connsiteY294"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX295" y="connsiteY295"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX296" y="connsiteY296"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX297" y="connsiteY297"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX298" y="connsiteY298"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX299" y="connsiteY299"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX300" y="connsiteY300"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX301" y="connsiteY301"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX302" y="connsiteY302"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX303" y="connsiteY303"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX304" y="connsiteY304"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX305" y="connsiteY305"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX306" y="connsiteY306"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX307" y="connsiteY307"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX308" y="connsiteY308"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX309" y="connsiteY309"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX310" y="connsiteY310"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX311" y="connsiteY311"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX312" y="connsiteY312"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX313" y="connsiteY313"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX314" y="connsiteY314"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX315" y="connsiteY315"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX316" y="connsiteY316"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX317" y="connsiteY317"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX318" y="connsiteY318"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX319" y="connsiteY319"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX320" y="connsiteY320"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX321" y="connsiteY321"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX322" y="connsiteY322"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX323" y="connsiteY323"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX324" y="connsiteY324"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX325" y="connsiteY325"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX326" y="connsiteY326"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX327" y="connsiteY327"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX328" y="connsiteY328"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX329" y="connsiteY329"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX330" y="connsiteY330"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX331" y="connsiteY331"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX332" y="connsiteY332"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX333" y="connsiteY333"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX334" y="connsiteY334"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX335" y="connsiteY335"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX336" y="connsiteY336"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX337" y="connsiteY337"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX338" y="connsiteY338"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX339" y="connsiteY339"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX340" y="connsiteY340"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX341" y="connsiteY341"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX342" y="connsiteY342"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX343" y="connsiteY343"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX344" y="connsiteY344"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX345" y="connsiteY345"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX346" y="connsiteY346"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX347" y="connsiteY347"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX348" y="connsiteY348"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX349" y="connsiteY349"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX350" y="connsiteY350"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX351" y="connsiteY351"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX352" y="connsiteY352"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX353" y="connsiteY353"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX354" y="connsiteY354"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX355" y="connsiteY355"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX356" y="connsiteY356"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX357" y="connsiteY357"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX358" y="connsiteY358"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX359" y="connsiteY359"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX360" y="connsiteY360"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX361" y="connsiteY361"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX362" y="connsiteY362"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX363" y="connsiteY363"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX364" y="connsiteY364"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX365" y="connsiteY365"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX366" y="connsiteY366"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX367" y="connsiteY367"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="3638953" h="8634633">
+                <a:moveTo>
+                  <a:pt x="1702593" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="1802755" y="0"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="2003046" y="0"/>
+                  <a:pt x="2147710" y="77986"/>
+                  <a:pt x="2236781" y="233824"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="2309096" y="189333"/>
+                  <a:pt x="2392537" y="167003"/>
+                  <a:pt x="2487170" y="167003"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="2748618" y="167003"/>
+                  <a:pt x="2921162" y="289514"/>
+                  <a:pt x="3004637" y="534436"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="3349592" y="584527"/>
+                  <a:pt x="3522103" y="745998"/>
+                  <a:pt x="3522103" y="1018748"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="3522103" y="1116214"/>
+                  <a:pt x="3488693" y="1227527"/>
+                  <a:pt x="3421941" y="1352788"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="3466409" y="1528173"/>
+                  <a:pt x="3488693" y="1645051"/>
+                  <a:pt x="3488693" y="1703524"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="3466409" y="1987439"/>
+                  <a:pt x="3332870" y="2282519"/>
+                  <a:pt x="3088077" y="2588697"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="2815404" y="2855915"/>
+                  <a:pt x="2503858" y="2989524"/>
+                  <a:pt x="2153307" y="2989524"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1991921" y="2989524"/>
+                  <a:pt x="1863945" y="2933901"/>
+                  <a:pt x="1769379" y="2822521"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1644218" y="2933901"/>
+                  <a:pt x="1493957" y="2989524"/>
+                  <a:pt x="1318699" y="2989524"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="795602" y="2989524"/>
+                  <a:pt x="389457" y="2677814"/>
+                  <a:pt x="100129" y="2054261"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="55594" y="1892857"/>
+                  <a:pt x="33376" y="1770346"/>
+                  <a:pt x="33376" y="1686827"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="33376" y="1617290"/>
+                  <a:pt x="50064" y="1511476"/>
+                  <a:pt x="83441" y="1369518"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="27747" y="1219212"/>
+                  <a:pt x="0" y="1107899"/>
+                  <a:pt x="0" y="1035479"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="0" y="968657"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="0" y="734833"/>
+                  <a:pt x="172444" y="590126"/>
+                  <a:pt x="517466" y="534436"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="517466" y="414775"/>
+                  <a:pt x="617629" y="303428"/>
+                  <a:pt x="817954" y="200397"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="912486" y="178168"/>
+                  <a:pt x="995961" y="167003"/>
+                  <a:pt x="1068343" y="167003"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1082216" y="167003"/>
+                  <a:pt x="1154531" y="183700"/>
+                  <a:pt x="1285322" y="217094"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1374259" y="72387"/>
+                  <a:pt x="1513360" y="0"/>
+                  <a:pt x="1702593" y="0"/>
+                </a:cubicBezTo>
+                <a:close/>
+                <a:moveTo>
+                  <a:pt x="1018178" y="835048"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="1018178" y="851745"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1018178" y="876791"/>
+                  <a:pt x="1045958" y="893488"/>
+                  <a:pt x="1101619" y="901836"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1146120" y="885139"/>
+                  <a:pt x="1168405" y="868442"/>
+                  <a:pt x="1168405" y="851745"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1168405" y="818351"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1134995" y="768227"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1157246" y="757163"/>
+                  <a:pt x="1173934" y="751530"/>
+                  <a:pt x="1185093" y="751530"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1229561" y="768227"/>
+                  <a:pt x="1251845" y="784924"/>
+                  <a:pt x="1251845" y="801621"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1251845" y="868442"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1237905" y="913001"/>
+                  <a:pt x="1193437" y="946395"/>
+                  <a:pt x="1118307" y="968657"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1059898" y="968657"/>
+                  <a:pt x="887353" y="890772"/>
+                  <a:pt x="600840" y="734833"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="556305" y="723735"/>
+                  <a:pt x="517400" y="718136"/>
+                  <a:pt x="483990" y="718136"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="250289" y="757163"/>
+                  <a:pt x="133472" y="862910"/>
+                  <a:pt x="133472" y="1035445"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="177940" y="1235876"/>
+                  <a:pt x="278069" y="1336091"/>
+                  <a:pt x="433959" y="1336091"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="534121" y="1322177"/>
+                  <a:pt x="584152" y="1272086"/>
+                  <a:pt x="584152" y="1185785"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="570212" y="1085570"/>
+                  <a:pt x="520147" y="1035479"/>
+                  <a:pt x="433959" y="1035479"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="378231" y="1035479"/>
+                  <a:pt x="350485" y="1080038"/>
+                  <a:pt x="350485" y="1169088"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="333796" y="1169088"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="319856" y="1169088"/>
+                  <a:pt x="297639" y="1135694"/>
+                  <a:pt x="267044" y="1068873"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="297639" y="968657"/>
+                  <a:pt x="358862" y="918567"/>
+                  <a:pt x="450647" y="918567"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="534121" y="918567"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="851263" y="1018782"/>
+                  <a:pt x="1034900" y="1068873"/>
+                  <a:pt x="1084964" y="1068873"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1151716" y="1068873"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1268567" y="1068873"/>
+                  <a:pt x="1335353" y="990987"/>
+                  <a:pt x="1352008" y="835048"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1318665" y="745998"/>
+                  <a:pt x="1257408" y="701439"/>
+                  <a:pt x="1168405" y="701439"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1079334" y="701439"/>
+                  <a:pt x="1029270" y="745998"/>
+                  <a:pt x="1018178" y="835048"/>
+                </a:cubicBezTo>
+                <a:close/>
+                <a:moveTo>
+                  <a:pt x="166881" y="1636703"/>
+                </a:moveTo>
+                <a:cubicBezTo>
+                  <a:pt x="166881" y="2040346"/>
+                  <a:pt x="400582" y="2402214"/>
+                  <a:pt x="867951" y="2722273"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1040429" y="2800259"/>
+                  <a:pt x="1179496" y="2839185"/>
+                  <a:pt x="1285255" y="2839185"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1385417" y="2839185"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1574617" y="2808574"/>
+                  <a:pt x="1669183" y="2730621"/>
+                  <a:pt x="1669183" y="2605360"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1669183" y="2538539"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1607960" y="2438324"/>
+                  <a:pt x="1524485" y="2388233"/>
+                  <a:pt x="1418794" y="2388233"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1385384" y="2388233"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1285222" y="2402181"/>
+                  <a:pt x="1235157" y="2452305"/>
+                  <a:pt x="1235157" y="2538539"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1235157" y="2571966"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1254593" y="2616525"/>
+                  <a:pt x="1293566" y="2638788"/>
+                  <a:pt x="1352008" y="2638788"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1368696" y="2638788"/>
+                  <a:pt x="1385417" y="2622091"/>
+                  <a:pt x="1402106" y="2588664"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1402106" y="2555270"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1352008" y="2488448"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1352008" y="2471751"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1418794" y="2471751"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1463262" y="2488448"/>
+                  <a:pt x="1485546" y="2527475"/>
+                  <a:pt x="1485546" y="2588664"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1443826" y="2677781"/>
+                  <a:pt x="1377073" y="2722273"/>
+                  <a:pt x="1285255" y="2722273"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1132213" y="2722273"/>
+                  <a:pt x="943048" y="2605360"/>
+                  <a:pt x="717691" y="2371570"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="539617" y="2143345"/>
+                  <a:pt x="450613" y="1920651"/>
+                  <a:pt x="450613" y="1703524"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="450613" y="1536488"/>
+                  <a:pt x="506274" y="1453003"/>
+                  <a:pt x="617562" y="1453003"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="662030" y="1453003"/>
+                  <a:pt x="695406" y="1475333"/>
+                  <a:pt x="717724" y="1519824"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="717724" y="1603309"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="684381" y="1603309"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="684381" y="1558817"/>
+                  <a:pt x="667693" y="1536488"/>
+                  <a:pt x="634284" y="1536488"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="600874" y="1536488"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="573027" y="1536488"/>
+                  <a:pt x="556339" y="1558817"/>
+                  <a:pt x="550809" y="1603309"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="567498" y="1647868"/>
+                  <a:pt x="584152" y="1670130"/>
+                  <a:pt x="600874" y="1670130"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="667660" y="1670130"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="756663" y="1661782"/>
+                  <a:pt x="801199" y="1622856"/>
+                  <a:pt x="801199" y="1553218"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="781695" y="1430774"/>
+                  <a:pt x="703750" y="1369518"/>
+                  <a:pt x="567498" y="1369518"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="484023" y="1369518"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="272573" y="1405695"/>
+                  <a:pt x="166881" y="1494745"/>
+                  <a:pt x="166881" y="1636703"/>
+                </a:cubicBezTo>
+                <a:close/>
+                <a:moveTo>
+                  <a:pt x="1518956" y="985354"/>
+                </a:moveTo>
+                <a:cubicBezTo>
+                  <a:pt x="1496672" y="974257"/>
+                  <a:pt x="1479984" y="968657"/>
+                  <a:pt x="1468892" y="968657"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1468892" y="1085570"/>
+                  <a:pt x="1357570" y="1169088"/>
+                  <a:pt x="1135028" y="1219179"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1084964" y="1219179"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="995893" y="1219179"/>
+                  <a:pt x="867951" y="1185785"/>
+                  <a:pt x="701036" y="1118964"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="701036" y="1135660"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="717691" y="1169054"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="701036" y="1269270"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="856792" y="1336091"/>
+                  <a:pt x="934737" y="1419576"/>
+                  <a:pt x="934737" y="1519791"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="934737" y="1586612"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="934737" y="1720221"/>
+                  <a:pt x="828979" y="1787042"/>
+                  <a:pt x="617562" y="1787042"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="617562" y="1942948"/>
+                  <a:pt x="734412" y="2154476"/>
+                  <a:pt x="968080" y="2421694"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1084964" y="2505212"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1101619" y="2505212"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1101619" y="2343808"/>
+                  <a:pt x="1201814" y="2249125"/>
+                  <a:pt x="1402106" y="2221297"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1452204" y="2221297"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1544022" y="2221297"/>
+                  <a:pt x="1644151" y="2265856"/>
+                  <a:pt x="1752657" y="2354906"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1863912" y="2265856"/>
+                  <a:pt x="1980762" y="2221297"/>
+                  <a:pt x="2103209" y="2221297"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="2119897" y="2221297"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="2320188" y="2251975"/>
+                  <a:pt x="2420350" y="2346558"/>
+                  <a:pt x="2420350" y="2505212"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="2731896" y="2260290"/>
+                  <a:pt x="2887753" y="2020867"/>
+                  <a:pt x="2887753" y="1787042"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="2837655" y="1787042"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="2659581" y="1767596"/>
+                  <a:pt x="2570577" y="1689644"/>
+                  <a:pt x="2570577" y="1553218"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="2609516" y="1375118"/>
+                  <a:pt x="2687428" y="1286000"/>
+                  <a:pt x="2804278" y="1286000"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="2804278" y="1118997"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="2659581" y="1185818"/>
+                  <a:pt x="2537201" y="1219212"/>
+                  <a:pt x="2437039" y="1219212"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="2370286" y="1219212"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="2214430" y="1219212"/>
+                  <a:pt x="2108738" y="1135728"/>
+                  <a:pt x="2053111" y="968691"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="2044767" y="968691"/>
+                  <a:pt x="2011390" y="974290"/>
+                  <a:pt x="1952948" y="985388"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1872189" y="974290"/>
+                  <a:pt x="1805436" y="946428"/>
+                  <a:pt x="1752624" y="901870"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1696963" y="957560"/>
+                  <a:pt x="1619085" y="985354"/>
+                  <a:pt x="1518956" y="985354"/>
+                </a:cubicBezTo>
+                <a:close/>
+                <a:moveTo>
+                  <a:pt x="667660" y="584527"/>
+                </a:moveTo>
+                <a:cubicBezTo>
+                  <a:pt x="692692" y="718136"/>
+                  <a:pt x="759478" y="784958"/>
+                  <a:pt x="867951" y="784958"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="940266" y="784958"/>
+                  <a:pt x="995893" y="751564"/>
+                  <a:pt x="1034900" y="684742"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1034900" y="651315"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1034900" y="634618"/>
+                  <a:pt x="1012615" y="612355"/>
+                  <a:pt x="968113" y="584494"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="884673" y="584494"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="834541" y="617955"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="817887" y="617955"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="817887" y="601258"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="817887" y="523372"/>
+                  <a:pt x="879043" y="473248"/>
+                  <a:pt x="1001490" y="450952"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1104366" y="450952"/>
+                  <a:pt x="1226847" y="556766"/>
+                  <a:pt x="1368729" y="768261"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1449389" y="801688"/>
+                  <a:pt x="1499487" y="818385"/>
+                  <a:pt x="1518956" y="818385"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1619118" y="818385"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1696963" y="782242"/>
+                  <a:pt x="1736003" y="720986"/>
+                  <a:pt x="1736003" y="634652"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1713685" y="567830"/>
+                  <a:pt x="1691467" y="534436"/>
+                  <a:pt x="1669216" y="534436"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1602464" y="534436"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1585776" y="534436"/>
+                  <a:pt x="1569054" y="551133"/>
+                  <a:pt x="1552366" y="584527"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1552366" y="601224"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1552366" y="626270"/>
+                  <a:pt x="1591271" y="648566"/>
+                  <a:pt x="1669216" y="668045"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1652528" y="712604"/>
+                  <a:pt x="1635807" y="734867"/>
+                  <a:pt x="1619118" y="734867"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1569054" y="734867"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1496672" y="734867"/>
+                  <a:pt x="1418827" y="656981"/>
+                  <a:pt x="1335353" y="501042"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1229594" y="389763"/>
+                  <a:pt x="1129432" y="334039"/>
+                  <a:pt x="1034866" y="334039"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="968080" y="334039"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="767789" y="373033"/>
+                  <a:pt x="667660" y="456517"/>
+                  <a:pt x="667660" y="584527"/>
+                </a:cubicBezTo>
+                <a:close/>
+                <a:moveTo>
+                  <a:pt x="1769345" y="2889309"/>
+                </a:moveTo>
+                <a:cubicBezTo>
+                  <a:pt x="1863912" y="2989524"/>
+                  <a:pt x="1991888" y="3039615"/>
+                  <a:pt x="2153273" y="3039615"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="2236748" y="3039615"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="2236748" y="3106436"/>
+                  <a:pt x="2281216" y="3139830"/>
+                  <a:pt x="2370286" y="3139830"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="2459289" y="3181573"/>
+                  <a:pt x="2503825" y="3209435"/>
+                  <a:pt x="2503825" y="3223348"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="2503825" y="3290136"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="2325751" y="3334695"/>
+                  <a:pt x="2236748" y="3373655"/>
+                  <a:pt x="2236748" y="3407048"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="2236748" y="3423745"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2220059" y="3423745"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="2164365" y="3423745"/>
+                  <a:pt x="2097579" y="3434910"/>
+                  <a:pt x="2019735" y="3457173"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="2019735" y="3473870"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="2019735" y="3537942"/>
+                  <a:pt x="2119931" y="3665918"/>
+                  <a:pt x="2320221" y="3858000"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="2353632" y="3944301"/>
+                  <a:pt x="2370320" y="4005590"/>
+                  <a:pt x="2370320" y="4041700"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="2370320" y="4141915"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="2331314" y="4308952"/>
+                  <a:pt x="2225588" y="4392437"/>
+                  <a:pt x="2053144" y="4392437"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="2136585" y="4492652"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2136585" y="4592867"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="2092083" y="4659688"/>
+                  <a:pt x="2047548" y="4693082"/>
+                  <a:pt x="2003046" y="4693082"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="2003046" y="4943603"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="2003046" y="5024372"/>
+                  <a:pt x="2069832" y="5297122"/>
+                  <a:pt x="2203371" y="5761955"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="2214430" y="5837125"/>
+                  <a:pt x="2220059" y="5898380"/>
+                  <a:pt x="2220059" y="5945688"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="2220059" y="6084897"/>
+                  <a:pt x="2164365" y="6212906"/>
+                  <a:pt x="2053111" y="6329819"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="2103209" y="6329819"/>
+                  <a:pt x="2136552" y="6352115"/>
+                  <a:pt x="2153273" y="6396640"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="2153273" y="6463461"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2119931" y="6513552"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="2136585" y="6513552"/>
+                  <a:pt x="2158836" y="6535882"/>
+                  <a:pt x="2186683" y="6580373"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="2186683" y="6602703"/>
+                  <a:pt x="2153273" y="6613767"/>
+                  <a:pt x="2086520" y="6613767"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="2086520" y="8100197"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="2153273" y="8153004"/>
+                  <a:pt x="2186683" y="8197596"/>
+                  <a:pt x="2186683" y="8233806"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="2186683" y="8289430"/>
+                  <a:pt x="2153273" y="8317291"/>
+                  <a:pt x="2086520" y="8317291"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="2103209" y="8434203"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="2103209" y="8567813"/>
+                  <a:pt x="1997450" y="8634634"/>
+                  <a:pt x="1786033" y="8634634"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1685871" y="8634634"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1496638" y="8601206"/>
+                  <a:pt x="1402106" y="8528819"/>
+                  <a:pt x="1402106" y="8417506"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1413164" y="8403525"/>
+                  <a:pt x="1418794" y="8370165"/>
+                  <a:pt x="1418794" y="8317291"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1385384" y="8317291"/>
+                  <a:pt x="1357570" y="8294995"/>
+                  <a:pt x="1335353" y="8250503"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1335353" y="8233806"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1335353" y="8180866"/>
+                  <a:pt x="1368696" y="8136307"/>
+                  <a:pt x="1435515" y="8100197"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1435515" y="6613767"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1335353" y="6613767"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1335353" y="6580373"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1335353" y="6563677"/>
+                  <a:pt x="1357570" y="6541414"/>
+                  <a:pt x="1402106" y="6513552"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1379821" y="6477408"/>
+                  <a:pt x="1368696" y="6444015"/>
+                  <a:pt x="1368696" y="6413337"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1368696" y="6396640"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1388132" y="6352148"/>
+                  <a:pt x="1421542" y="6329819"/>
+                  <a:pt x="1468892" y="6329819"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1357570" y="6229603"/>
+                  <a:pt x="1301943" y="6101593"/>
+                  <a:pt x="1301943" y="5945688"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1301943" y="5787034"/>
+                  <a:pt x="1368696" y="5497553"/>
+                  <a:pt x="1502234" y="5077212"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1513327" y="5004859"/>
+                  <a:pt x="1518923" y="4932505"/>
+                  <a:pt x="1518923" y="4860085"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1518923" y="4693082"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1446540" y="4693082"/>
+                  <a:pt x="1396476" y="4642991"/>
+                  <a:pt x="1368696" y="4542776"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1393762" y="4453726"/>
+                  <a:pt x="1427104" y="4409167"/>
+                  <a:pt x="1468892" y="4409167"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1468892" y="4392470"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1246283" y="4367425"/>
+                  <a:pt x="1135028" y="4267210"/>
+                  <a:pt x="1135028" y="4091824"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1135028" y="4075127"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1135028" y="3941518"/>
+                  <a:pt x="1246283" y="3774515"/>
+                  <a:pt x="1468892" y="3574085"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1502234" y="3457173"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1357537" y="3434944"/>
+                  <a:pt x="1285255" y="3418213"/>
+                  <a:pt x="1285255" y="3407082"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1285255" y="3376471"/>
+                  <a:pt x="1196185" y="3337545"/>
+                  <a:pt x="1018178" y="3290170"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1001490" y="3256776"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1001490" y="3223382"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1001490" y="3206685"/>
+                  <a:pt x="1096056" y="3162193"/>
+                  <a:pt x="1285255" y="3089773"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1285255" y="3039649"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1368696" y="3039649"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1524519" y="3039615"/>
+                  <a:pt x="1658057" y="2989491"/>
+                  <a:pt x="1769345" y="2889309"/>
+                </a:cubicBezTo>
+                <a:close/>
+                <a:moveTo>
+                  <a:pt x="1418794" y="300612"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="1418794" y="434221"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1418794" y="467615"/>
+                  <a:pt x="1463262" y="489945"/>
+                  <a:pt x="1552332" y="501009"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1596801" y="484312"/>
+                  <a:pt x="1619085" y="467615"/>
+                  <a:pt x="1619085" y="450918"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1619085" y="400827"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1619085" y="378598"/>
+                  <a:pt x="1607926" y="367433"/>
+                  <a:pt x="1585742" y="367433"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1552332" y="367433"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1485546" y="417524"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1452204" y="417524"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1452204" y="400827"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1452204" y="289548"/>
+                  <a:pt x="1557895" y="233824"/>
+                  <a:pt x="1769345" y="233824"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1911262" y="233824"/>
+                  <a:pt x="2005761" y="272817"/>
+                  <a:pt x="2053111" y="350736"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="2053111" y="417558"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2036423" y="417558"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1969670" y="367467"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1919572" y="367467"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1897288" y="370250"/>
+                  <a:pt x="1886162" y="381415"/>
+                  <a:pt x="1886162" y="400861"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1886162" y="450952"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1886162" y="475997"/>
+                  <a:pt x="1913976" y="492727"/>
+                  <a:pt x="1969637" y="501042"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="2058640" y="492694"/>
+                  <a:pt x="2103175" y="448202"/>
+                  <a:pt x="2103175" y="367433"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="2080857" y="233824"/>
+                  <a:pt x="1986325" y="167003"/>
+                  <a:pt x="1819410" y="167003"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1685871" y="167003"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1569054" y="167003"/>
+                  <a:pt x="1479950" y="211562"/>
+                  <a:pt x="1418794" y="300612"/>
+                </a:cubicBezTo>
+                <a:close/>
+                <a:moveTo>
+                  <a:pt x="1936260" y="734833"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="1886162" y="734833"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1863878" y="734833"/>
+                  <a:pt x="1852820" y="707039"/>
+                  <a:pt x="1852820" y="651315"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1919572" y="651315"/>
+                  <a:pt x="1952982" y="634618"/>
+                  <a:pt x="1952982" y="601224"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1952982" y="584527"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1952982" y="567830"/>
+                  <a:pt x="1936294" y="551133"/>
+                  <a:pt x="1902884" y="534436"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1836131" y="534436"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1819443" y="534436"/>
+                  <a:pt x="1802722" y="551133"/>
+                  <a:pt x="1786033" y="584527"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1786033" y="684742"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1786033" y="773860"/>
+                  <a:pt x="1836131" y="818351"/>
+                  <a:pt x="1936260" y="818351"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1969670" y="818351"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="2083706" y="818351"/>
+                  <a:pt x="2195027" y="729301"/>
+                  <a:pt x="2303500" y="551133"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="2370286" y="501009"/>
+                  <a:pt x="2437039" y="467615"/>
+                  <a:pt x="2503825" y="450918"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="2637363" y="475963"/>
+                  <a:pt x="2704116" y="531687"/>
+                  <a:pt x="2704116" y="617955"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="2670706" y="617955"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2620642" y="584527"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2537168" y="584527"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="2514883" y="590126"/>
+                  <a:pt x="2492632" y="617955"/>
+                  <a:pt x="2470415" y="668045"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="2470415" y="718136"/>
+                  <a:pt x="2526009" y="757163"/>
+                  <a:pt x="2637363" y="784958"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="2770902" y="759912"/>
+                  <a:pt x="2837655" y="698724"/>
+                  <a:pt x="2837655" y="601258"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="2837655" y="448202"/>
+                  <a:pt x="2737492" y="359085"/>
+                  <a:pt x="2537168" y="334039"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="2470415" y="334039"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="2328499" y="334039"/>
+                  <a:pt x="2189364" y="450952"/>
+                  <a:pt x="2053111" y="684776"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="2011390" y="718136"/>
+                  <a:pt x="1972418" y="734833"/>
+                  <a:pt x="1936260" y="734833"/>
+                </a:cubicBezTo>
+                <a:close/>
+                <a:moveTo>
+                  <a:pt x="2704116" y="1553185"/>
+                </a:moveTo>
+                <a:cubicBezTo>
+                  <a:pt x="2726367" y="1614440"/>
+                  <a:pt x="2759710" y="1653400"/>
+                  <a:pt x="2804278" y="1670097"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="2904474" y="1670097"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="2921129" y="1670097"/>
+                  <a:pt x="2937817" y="1653400"/>
+                  <a:pt x="2954539" y="1620006"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="2954539" y="1586612"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="2954539" y="1569915"/>
+                  <a:pt x="2937851" y="1553185"/>
+                  <a:pt x="2904474" y="1536488"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="2871064" y="1536488"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2804278" y="1603309"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2787590" y="1603309"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2787590" y="1569915"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="2787590" y="1492030"/>
+                  <a:pt x="2832092" y="1453003"/>
+                  <a:pt x="2921129" y="1453003"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="3010132" y="1489213"/>
+                  <a:pt x="3054667" y="1561567"/>
+                  <a:pt x="3054667" y="1670097"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="3054667" y="2112700"/>
+                  <a:pt x="2832092" y="2446706"/>
+                  <a:pt x="2387008" y="2672182"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="2336910" y="2694511"/>
+                  <a:pt x="2275687" y="2711175"/>
+                  <a:pt x="2203371" y="2722273"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="2080891" y="2697227"/>
+                  <a:pt x="2019735" y="2641571"/>
+                  <a:pt x="2019735" y="2555270"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="2041985" y="2505179"/>
+                  <a:pt x="2064203" y="2477384"/>
+                  <a:pt x="2086520" y="2471751"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="2153273" y="2471751"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2153273" y="2488448"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2103209" y="2555270"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2103209" y="2588664"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="2114267" y="2622091"/>
+                  <a:pt x="2147677" y="2638788"/>
+                  <a:pt x="2203371" y="2638788"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="2220059" y="2638788"/>
+                  <a:pt x="2242277" y="2616525"/>
+                  <a:pt x="2270124" y="2571966"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="2270124" y="2488482"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="2236781" y="2421660"/>
+                  <a:pt x="2186683" y="2388267"/>
+                  <a:pt x="2119931" y="2388267"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="2086520" y="2388267"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1991888" y="2388267"/>
+                  <a:pt x="1908447" y="2438391"/>
+                  <a:pt x="1836131" y="2538573"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1836131" y="2605394"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1836131" y="2730655"/>
+                  <a:pt x="1930664" y="2808607"/>
+                  <a:pt x="2119897" y="2839218"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="2203337" y="2839218"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="2581636" y="2839218"/>
+                  <a:pt x="2915499" y="2605394"/>
+                  <a:pt x="3204861" y="2137779"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="3293864" y="1954079"/>
+                  <a:pt x="3338400" y="1781510"/>
+                  <a:pt x="3338400" y="1620040"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="3338400" y="1517109"/>
+                  <a:pt x="3254959" y="1433590"/>
+                  <a:pt x="3088010" y="1369518"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="2987848" y="1369518"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="2798682" y="1369485"/>
+                  <a:pt x="2704116" y="1430740"/>
+                  <a:pt x="2704116" y="1553185"/>
+                </a:cubicBezTo>
+                <a:close/>
+                <a:moveTo>
+                  <a:pt x="2220059" y="6697184"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="3605510" y="6697184"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="3627761" y="6699968"/>
+                  <a:pt x="3638920" y="6711133"/>
+                  <a:pt x="3638920" y="6730578"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="3638920" y="7265015"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="3633290" y="7298442"/>
+                  <a:pt x="3588822" y="7315139"/>
+                  <a:pt x="3505381" y="7315139"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="3438596" y="7315139"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="3416311" y="7315139"/>
+                  <a:pt x="3405252" y="7303974"/>
+                  <a:pt x="3405252" y="7281712"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="3405252" y="7047888"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3371843" y="7047888"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3371843" y="7315106"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3238304" y="7315106"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3154863" y="7298409"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3154863" y="6964370"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2937851" y="6964370"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="2915566" y="6967152"/>
+                  <a:pt x="2904508" y="6978351"/>
+                  <a:pt x="2904508" y="6997763"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="2904508" y="7331803"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2787624" y="7331803"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="2765339" y="7331803"/>
+                  <a:pt x="2754281" y="7320605"/>
+                  <a:pt x="2754281" y="7298375"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="2754281" y="7047854"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2737593" y="7047854"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2737593" y="7315072"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2704183" y="7331769"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2587333" y="7331769"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2570645" y="7248251"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2570645" y="7081248"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2370353" y="7081248"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2370353" y="7231554"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="2370353" y="7298375"/>
+                  <a:pt x="2336944" y="7331803"/>
+                  <a:pt x="2270157" y="7331803"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="2169995" y="7331803"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="2147710" y="7331803"/>
+                  <a:pt x="2136585" y="7320605"/>
+                  <a:pt x="2136585" y="7298375"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="2136585" y="6713848"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2220059" y="6697184"/>
+                </a:lnTo>
+                <a:close/>
+                <a:moveTo>
+                  <a:pt x="2136552" y="7398624"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="2270090" y="7398624"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="2336876" y="7398624"/>
+                  <a:pt x="2370286" y="7432052"/>
+                  <a:pt x="2370286" y="7498839"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="2370286" y="7649146"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2570577" y="7649146"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2570577" y="7432052"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="2573325" y="7409722"/>
+                  <a:pt x="2584451" y="7398624"/>
+                  <a:pt x="2603987" y="7398624"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="2704150" y="7398624"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="2726400" y="7401373"/>
+                  <a:pt x="2737559" y="7412505"/>
+                  <a:pt x="2737559" y="7432052"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="2737559" y="7682573"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2754247" y="7682573"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2754247" y="7415354"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2787590" y="7398657"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2904474" y="7398657"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2904474" y="7766091"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3154863" y="7766091"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3154863" y="7432085"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3371843" y="7432085"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3371843" y="7682606"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3405252" y="7682606"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3405252" y="7432085"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3605544" y="7432085"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="3627795" y="7434834"/>
+                  <a:pt x="3638953" y="7445966"/>
+                  <a:pt x="3638953" y="7465513"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="3638953" y="8033342"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2136619" y="8033342"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2136619" y="7398624"/>
+                </a:lnTo>
+                <a:close/>
+                <a:moveTo>
+                  <a:pt x="2153273" y="868442"/>
+                </a:moveTo>
+                <a:cubicBezTo>
+                  <a:pt x="2189397" y="1002051"/>
+                  <a:pt x="2267343" y="1068873"/>
+                  <a:pt x="2387008" y="1068873"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="2420350" y="1068873"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="2478759" y="1068873"/>
+                  <a:pt x="2662396" y="1018748"/>
+                  <a:pt x="2971193" y="918567"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="3054634" y="918567"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="3177047" y="943612"/>
+                  <a:pt x="3238271" y="988171"/>
+                  <a:pt x="3238271" y="1052176"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="3224330" y="1130128"/>
+                  <a:pt x="3202079" y="1169088"/>
+                  <a:pt x="3171484" y="1169088"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="3154830" y="1169088"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="3154830" y="1080038"/>
+                  <a:pt x="3126983" y="1035479"/>
+                  <a:pt x="3071356" y="1035479"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="2971193" y="1057808"/>
+                  <a:pt x="2921129" y="1107899"/>
+                  <a:pt x="2921129" y="1185785"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="2937817" y="1286000"/>
+                  <a:pt x="2987915" y="1336091"/>
+                  <a:pt x="3071356" y="1336091"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="3271680" y="1299948"/>
+                  <a:pt x="3371843" y="1199733"/>
+                  <a:pt x="3371843" y="1035445"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="3371843" y="1018748"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="3327307" y="829516"/>
+                  <a:pt x="3232674" y="734833"/>
+                  <a:pt x="3088077" y="734833"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="3068574" y="723735"/>
+                  <a:pt x="3040727" y="718136"/>
+                  <a:pt x="3004637" y="718136"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="2946228" y="718136"/>
+                  <a:pt x="2768121" y="796089"/>
+                  <a:pt x="2470482" y="951961"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="2387041" y="968657"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="2314659" y="968657"/>
+                  <a:pt x="2270157" y="918567"/>
+                  <a:pt x="2253503" y="818351"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="2264561" y="773860"/>
+                  <a:pt x="2297971" y="751530"/>
+                  <a:pt x="2353665" y="751530"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="2370353" y="751530"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2370353" y="768227"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2336944" y="818351"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2336944" y="851745"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="2336944" y="876791"/>
+                  <a:pt x="2364723" y="893488"/>
+                  <a:pt x="2420384" y="901836"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="2464852" y="885139"/>
+                  <a:pt x="2487170" y="868442"/>
+                  <a:pt x="2487170" y="851745"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="2487170" y="784924"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="2487170" y="748781"/>
+                  <a:pt x="2431476" y="720919"/>
+                  <a:pt x="2320221" y="701406"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="2208900" y="726485"/>
+                  <a:pt x="2153273" y="782208"/>
+                  <a:pt x="2153273" y="868442"/>
+                </a:cubicBezTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:srgbClr val="F1B749"/>
+          </a:solidFill>
+          <a:ln w="3349" cap="flat">
+            <a:noFill/>
+            <a:prstDash val="solid"/>
+            <a:miter/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="11" name="Picture 10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{15B1AF3C-4A0E-1C81-74A3-55E033E3DF81}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2" cstate="print">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect b="8549"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7624257" y="1895475"/>
-            <a:ext cx="4071434" cy="4962525"/>
+            <a:off x="6712427" y="1152263"/>
+            <a:ext cx="4681192" cy="5705737"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst>
               <a:gd name="connsiteX0" fmla="*/ 0 w 3809685"/>
               <a:gd name="connsiteY0" fmla="*/ 0 h 4643489"/>
               <a:gd name="connsiteX1" fmla="*/ 3809685 w 3809685"/>
               <a:gd name="connsiteY1" fmla="*/ 0 h 4643489"/>
               <a:gd name="connsiteX2" fmla="*/ 3809685 w 3809685"/>
               <a:gd name="connsiteY2" fmla="*/ 4643489 h 4643489"/>
               <a:gd name="connsiteX3" fmla="*/ 0 w 3809685"/>
               <a:gd name="connsiteY3" fmla="*/ 4643489 h 4643489"/>
             </a:gdLst>
             <a:ahLst/>
             <a:cxnLst>
               <a:cxn ang="0">
                 <a:pos x="connsiteX0" y="connsiteY0"/>
               </a:cxn>
               <a:cxn ang="0">
                 <a:pos x="connsiteX1" y="connsiteY1"/>
               </a:cxn>
               <a:cxn ang="0">
                 <a:pos x="connsiteX2" y="connsiteY2"/>
               </a:cxn>
               <a:cxn ang="0">
@@ -21379,52 +17199,52 @@
                 </a:lnTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="12" name="Picture Placeholder 14">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{51C44BA5-BF7A-7ADD-01ED-C8DFB7937810}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="pic" sz="quarter" idx="12"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="8325568" y="2306834"/>
-            <a:ext cx="3028041" cy="4529737"/>
+            <a:off x="7014500" y="1628440"/>
+            <a:ext cx="4037037" cy="5208132"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst>
               <a:gd name="connsiteX0" fmla="*/ 910260 w 4900611"/>
               <a:gd name="connsiteY0" fmla="*/ 4784374 h 6322218"/>
               <a:gd name="connsiteX1" fmla="*/ 910260 w 4900611"/>
               <a:gd name="connsiteY1" fmla="*/ 5430211 h 6322218"/>
               <a:gd name="connsiteX2" fmla="*/ 3961468 w 4900611"/>
               <a:gd name="connsiteY2" fmla="*/ 5430211 h 6322218"/>
               <a:gd name="connsiteX3" fmla="*/ 3961468 w 4900611"/>
               <a:gd name="connsiteY3" fmla="*/ 4784374 h 6322218"/>
               <a:gd name="connsiteX4" fmla="*/ 0 w 4900611"/>
               <a:gd name="connsiteY4" fmla="*/ 0 h 6322218"/>
               <a:gd name="connsiteX5" fmla="*/ 4900611 w 4900611"/>
               <a:gd name="connsiteY5" fmla="*/ 0 h 6322218"/>
               <a:gd name="connsiteX6" fmla="*/ 4900611 w 4900611"/>
               <a:gd name="connsiteY6" fmla="*/ 6322218 h 6322218"/>
               <a:gd name="connsiteX7" fmla="*/ 0 w 4900611"/>
               <a:gd name="connsiteY7" fmla="*/ 6322218 h 6322218"/>
             </a:gdLst>
             <a:ahLst/>
             <a:cxnLst>
               <a:cxn ang="0">
                 <a:pos x="connsiteX0" y="connsiteY0"/>
@@ -21489,68 +17309,205 @@
             </a:schemeClr>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:defRPr lang="fr-CA">
                 <a:solidFill>
                   <a:schemeClr val="bg1">
                     <a:lumMod val="95000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:endParaRPr lang="fr-CA" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
+          <p:cNvPr id="13" name="Rectangle 12">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E2DB7294-B9CD-879A-B0F9-5677C4FAFA56}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="7776252" y="5580127"/>
+            <a:ext cx="2513532" cy="532029"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="459597"/>
+          </a:solidFill>
+          <a:ln w="12700" cap="flat">
+            <a:noFill/>
+            <a:prstDash val="solid"/>
+            <a:miter lim="800000"/>
+            <a:headEnd/>
+            <a:tailEnd/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" wrap="square" lIns="145436" tIns="72717" rIns="145436" bIns="72717" numCol="1" rtlCol="0" anchor="t" anchorCtr="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="fr-CA" sz="4294" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Text Placeholder 32">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6AED7295-C155-5022-FAF2-2B5D7C639585}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="19" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6578929" y="5627224"/>
+            <a:ext cx="4744987" cy="437834"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="2000" b="1" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="377967" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="755934" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1133901" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1511869" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0"/>
+              <a:t>LEARN MORE</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A22AB95E-FC8F-3340-8544-E4709B0FF23C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="4"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="12092883" y="6565872"/>
-            <a:ext cx="391443" cy="292128"/>
+            <a:off x="11708764" y="6546433"/>
+            <a:ext cx="473489" cy="311567"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="ctr">
               <a:defRPr sz="800">
                 <a:solidFill>
                   <a:srgbClr val="459597"/>
                 </a:solidFill>
                 <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Noto Sans" panose="020B0502040504020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{9C527BFA-2C0E-4CEC-B6A5-913A56FEF4B4}" type="slidenum">
               <a:rPr lang="fr-CA" smtClean="0"/>
               <a:pPr/>
               <a:t>‹#›</a:t>
             </a:fld>
@@ -21564,245 +17521,331 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{892931D4-5413-2541-04ED-8124FB232F81}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="18" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="788657" y="2396438"/>
             <a:ext cx="4726115" cy="3499183"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" indent="0" algn="l">
+            <a:lvl1pPr marL="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
-              <a:defRPr lang="en-US" sz="2200" b="0" i="0" kern="1200" spc="0" dirty="0">
-[...5 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
+              <a:defRPr sz="2400" b="0" i="0" spc="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:buNone/>
               <a:defRPr sz="2000" b="0" i="0" spc="300">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Montserrat Light" pitchFamily="2" charset="77"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:buNone/>
               <a:defRPr sz="2000" b="0" i="0" spc="300">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Montserrat Light" pitchFamily="2" charset="77"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:buNone/>
               <a:defRPr sz="2000" b="0" i="0" spc="300">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Montserrat Light" pitchFamily="2" charset="77"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:buNone/>
               <a:defRPr sz="2000" b="0" i="0" spc="300">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Montserrat Light" pitchFamily="2" charset="77"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-[...11 lines deleted...]
-            </a:pPr>
+            <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t>Click to type…</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Text Placeholder 23">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CAD6D65B-EFA3-B983-2D37-588496A0C331}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="16" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="788657" y="761603"/>
             <a:ext cx="4726115" cy="803654"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
-              <a:defRPr lang="en-US" sz="2800" b="1" i="0" kern="1200" dirty="0">
+              <a:defRPr sz="3600" b="1" i="0">
                 <a:solidFill>
                   <a:srgbClr val="459597"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
-                <a:ea typeface="+mn-ea"/>
-                <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-[...8 lines deleted...]
-            </a:pPr>
+            <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Heading</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Text Placeholder 23">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D8318322-0D20-7ECE-CC2F-EABF1AE9F6C7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="20" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="774803" y="1579021"/>
             <a:ext cx="4726115" cy="803654"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
-              <a:defRPr lang="en-US" sz="2400" b="1" i="0" kern="1200" dirty="0">
+              <a:defRPr sz="3000" b="1" i="0">
                 <a:solidFill>
                   <a:srgbClr val="EC7C69"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
-                <a:ea typeface="+mn-ea"/>
-                <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Sub-Heading</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="object 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C23683E5-52E0-E6FC-A532-E215FE3999D7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="16200000">
+            <a:off x="9810703" y="5151905"/>
+            <a:ext cx="2959731" cy="452459"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="10692130" h="1024890">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="10692003" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="10692003" y="1024801"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1024801"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="0"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:srgbClr val="EC7C69"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="459597"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Text Placeholder 23">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{81994B4F-E349-840E-C5E7-5C7F8BFC9289}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="65" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="16200000">
+            <a:off x="9816713" y="5151906"/>
+            <a:ext cx="2953721" cy="452458"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="1000" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Photo Credit: </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2905739059"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot">
           <p:childTnLst>
             <p:seq concurrent="1" nextAc="seek">
               <p:cTn id="2" dur="indefinite" nodeType="mainSeq">
                 <p:childTnLst>
                   <p:par>
                     <p:cTn id="3" fill="hold">
                       <p:stCondLst>
@@ -21900,67 +17943,1780 @@
                 </p:childTnLst>
               </p:cTn>
               <p:prevCondLst>
                 <p:cond evt="onPrev" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:prevCondLst>
               <p:nextCondLst>
                 <p:cond evt="onNext" delay="0">
                   <p:tgtEl>
                     <p:sldTgt/>
                   </p:tgtEl>
                 </p:cond>
               </p:nextCondLst>
             </p:seq>
           </p:childTnLst>
         </p:cTn>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout35.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout23.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Text + Device 04">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="11" name="Group 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CF0E4548-F18D-7BCB-3630-D5C3F80C5CA8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm flipH="1">
+            <a:off x="5653791" y="520064"/>
+            <a:ext cx="718990" cy="2714630"/>
+            <a:chOff x="1127677" y="228112"/>
+            <a:chExt cx="3378745" cy="9336067"/>
+          </a:xfrm>
+          <a:solidFill>
+            <a:srgbClr val="9AD1FF"/>
+          </a:solidFill>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="12" name="Freeform 11">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A530F6BC-96E1-4035-228F-9543AF251B59}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="1143192" y="8497973"/>
+              <a:ext cx="1510779" cy="786198"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst>
+                <a:gd name="connsiteX0" fmla="*/ 1320776 w 1510779"/>
+                <a:gd name="connsiteY0" fmla="*/ 379201 h 786198"/>
+                <a:gd name="connsiteX1" fmla="*/ 1315448 w 1510779"/>
+                <a:gd name="connsiteY1" fmla="*/ 159359 h 786198"/>
+                <a:gd name="connsiteX2" fmla="*/ 1500257 w 1510779"/>
+                <a:gd name="connsiteY2" fmla="*/ 139711 h 786198"/>
+                <a:gd name="connsiteX3" fmla="*/ 1499587 w 1510779"/>
+                <a:gd name="connsiteY3" fmla="*/ 0 h 786198"/>
+                <a:gd name="connsiteX4" fmla="*/ 894089 w 1510779"/>
+                <a:gd name="connsiteY4" fmla="*/ 17502 h 786198"/>
+                <a:gd name="connsiteX5" fmla="*/ 902567 w 1510779"/>
+                <a:gd name="connsiteY5" fmla="*/ 279523 h 786198"/>
+                <a:gd name="connsiteX6" fmla="*/ 852302 w 1510779"/>
+                <a:gd name="connsiteY6" fmla="*/ 286228 h 786198"/>
+                <a:gd name="connsiteX7" fmla="*/ 847141 w 1510779"/>
+                <a:gd name="connsiteY7" fmla="*/ 273924 h 786198"/>
+                <a:gd name="connsiteX8" fmla="*/ 834508 w 1510779"/>
+                <a:gd name="connsiteY8" fmla="*/ 13679 h 786198"/>
+                <a:gd name="connsiteX9" fmla="*/ 464520 w 1510779"/>
+                <a:gd name="connsiteY9" fmla="*/ 28934 h 786198"/>
+                <a:gd name="connsiteX10" fmla="*/ 469681 w 1510779"/>
+                <a:gd name="connsiteY10" fmla="*/ 41239 h 786198"/>
+                <a:gd name="connsiteX11" fmla="*/ 479131 w 1510779"/>
+                <a:gd name="connsiteY11" fmla="*/ 259406 h 786198"/>
+                <a:gd name="connsiteX12" fmla="*/ 576679 w 1510779"/>
+                <a:gd name="connsiteY12" fmla="*/ 261887 h 786198"/>
+                <a:gd name="connsiteX13" fmla="*/ 578958 w 1510779"/>
+                <a:gd name="connsiteY13" fmla="*/ 497522 h 786198"/>
+                <a:gd name="connsiteX14" fmla="*/ 303335 w 1510779"/>
+                <a:gd name="connsiteY14" fmla="*/ 473147 h 786198"/>
+                <a:gd name="connsiteX15" fmla="*/ 291640 w 1510779"/>
+                <a:gd name="connsiteY15" fmla="*/ 19412 h 786198"/>
+                <a:gd name="connsiteX16" fmla="*/ 279342 w 1510779"/>
+                <a:gd name="connsiteY16" fmla="*/ 24575 h 786198"/>
+                <a:gd name="connsiteX17" fmla="*/ 0 w 1510779"/>
+                <a:gd name="connsiteY17" fmla="*/ 25951 h 786198"/>
+                <a:gd name="connsiteX18" fmla="*/ 13136 w 1510779"/>
+                <a:gd name="connsiteY18" fmla="*/ 218401 h 786198"/>
+                <a:gd name="connsiteX19" fmla="*/ 110718 w 1510779"/>
+                <a:gd name="connsiteY19" fmla="*/ 220882 h 786198"/>
+                <a:gd name="connsiteX20" fmla="*/ 107133 w 1510779"/>
+                <a:gd name="connsiteY20" fmla="*/ 304467 h 786198"/>
+                <a:gd name="connsiteX21" fmla="*/ 3485 w 1510779"/>
+                <a:gd name="connsiteY21" fmla="*/ 333469 h 786198"/>
+                <a:gd name="connsiteX22" fmla="*/ 18598 w 1510779"/>
+                <a:gd name="connsiteY22" fmla="*/ 496114 h 786198"/>
+                <a:gd name="connsiteX23" fmla="*/ 23759 w 1510779"/>
+                <a:gd name="connsiteY23" fmla="*/ 508418 h 786198"/>
+                <a:gd name="connsiteX24" fmla="*/ 114438 w 1510779"/>
+                <a:gd name="connsiteY24" fmla="*/ 494538 h 786198"/>
+                <a:gd name="connsiteX25" fmla="*/ 113667 w 1510779"/>
+                <a:gd name="connsiteY25" fmla="*/ 596261 h 786198"/>
+                <a:gd name="connsiteX26" fmla="*/ 16085 w 1510779"/>
+                <a:gd name="connsiteY26" fmla="*/ 593713 h 786198"/>
+                <a:gd name="connsiteX27" fmla="*/ 29221 w 1510779"/>
+                <a:gd name="connsiteY27" fmla="*/ 786198 h 786198"/>
+                <a:gd name="connsiteX28" fmla="*/ 870330 w 1510779"/>
+                <a:gd name="connsiteY28" fmla="*/ 766349 h 786198"/>
+                <a:gd name="connsiteX29" fmla="*/ 865170 w 1510779"/>
+                <a:gd name="connsiteY29" fmla="*/ 754044 h 786198"/>
+                <a:gd name="connsiteX30" fmla="*/ 857730 w 1510779"/>
+                <a:gd name="connsiteY30" fmla="*/ 506105 h 786198"/>
+                <a:gd name="connsiteX31" fmla="*/ 1030610 w 1510779"/>
+                <a:gd name="connsiteY31" fmla="*/ 515626 h 786198"/>
+                <a:gd name="connsiteX32" fmla="*/ 1038049 w 1510779"/>
+                <a:gd name="connsiteY32" fmla="*/ 763533 h 786198"/>
+                <a:gd name="connsiteX33" fmla="*/ 1510780 w 1510779"/>
+                <a:gd name="connsiteY33" fmla="*/ 763130 h 786198"/>
+                <a:gd name="connsiteX34" fmla="*/ 1507831 w 1510779"/>
+                <a:gd name="connsiteY34" fmla="*/ 387617 h 786198"/>
+                <a:gd name="connsiteX35" fmla="*/ 1320776 w 1510779"/>
+                <a:gd name="connsiteY35" fmla="*/ 379201 h 786198"/>
+              </a:gdLst>
+              <a:ahLst/>
+              <a:cxnLst>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX0" y="connsiteY0"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX1" y="connsiteY1"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX2" y="connsiteY2"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX3" y="connsiteY3"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX4" y="connsiteY4"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX5" y="connsiteY5"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX6" y="connsiteY6"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX7" y="connsiteY7"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX8" y="connsiteY8"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX9" y="connsiteY9"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX10" y="connsiteY10"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX11" y="connsiteY11"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX12" y="connsiteY12"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX13" y="connsiteY13"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX14" y="connsiteY14"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX15" y="connsiteY15"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX16" y="connsiteY16"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX17" y="connsiteY17"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX18" y="connsiteY18"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX19" y="connsiteY19"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX20" y="connsiteY20"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX21" y="connsiteY21"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX22" y="connsiteY22"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX23" y="connsiteY23"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX24" y="connsiteY24"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX25" y="connsiteY25"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX26" y="connsiteY26"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX27" y="connsiteY27"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX28" y="connsiteY28"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX29" y="connsiteY29"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX30" y="connsiteY30"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX31" y="connsiteY31"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX32" y="connsiteY32"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX33" y="connsiteY33"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX34" y="connsiteY34"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX35" y="connsiteY35"/>
+                </a:cxn>
+              </a:cxnLst>
+              <a:rect l="l" t="t" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="1510779" h="786198">
+                  <a:moveTo>
+                    <a:pt x="1320776" y="379201"/>
+                  </a:moveTo>
+                  <a:cubicBezTo>
+                    <a:pt x="1327478" y="257227"/>
+                    <a:pt x="1325702" y="183946"/>
+                    <a:pt x="1315448" y="159359"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="1381240" y="170378"/>
+                    <a:pt x="1442843" y="163829"/>
+                    <a:pt x="1500257" y="139711"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="1499587" y="0"/>
+                  </a:lnTo>
+                  <a:cubicBezTo>
+                    <a:pt x="1112386" y="4761"/>
+                    <a:pt x="910554" y="10595"/>
+                    <a:pt x="894089" y="17502"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="895161" y="181252"/>
+                    <a:pt x="897987" y="268592"/>
+                    <a:pt x="902567" y="279523"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="885515" y="277069"/>
+                    <a:pt x="868116" y="279391"/>
+                    <a:pt x="852302" y="286228"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="847141" y="273924"/>
+                  </a:lnTo>
+                  <a:cubicBezTo>
+                    <a:pt x="839099" y="254746"/>
+                    <a:pt x="834888" y="167998"/>
+                    <a:pt x="834508" y="13679"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="612468" y="13545"/>
+                    <a:pt x="489139" y="18630"/>
+                    <a:pt x="464520" y="28934"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="469681" y="41239"/>
+                  </a:lnTo>
+                  <a:cubicBezTo>
+                    <a:pt x="465659" y="161940"/>
+                    <a:pt x="468809" y="234662"/>
+                    <a:pt x="479131" y="259406"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="538444" y="247313"/>
+                    <a:pt x="570960" y="248141"/>
+                    <a:pt x="576679" y="261887"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="578958" y="497522"/>
+                  </a:lnTo>
+                  <a:cubicBezTo>
+                    <a:pt x="405553" y="505882"/>
+                    <a:pt x="313679" y="497757"/>
+                    <a:pt x="303335" y="473147"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="302464" y="187041"/>
+                    <a:pt x="298566" y="35796"/>
+                    <a:pt x="291640" y="19412"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="279342" y="24575"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="25951"/>
+                  </a:lnTo>
+                  <a:cubicBezTo>
+                    <a:pt x="760" y="135073"/>
+                    <a:pt x="5138" y="199223"/>
+                    <a:pt x="13136" y="218401"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="73656" y="209147"/>
+                    <a:pt x="106183" y="209974"/>
+                    <a:pt x="110718" y="220882"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="113768" y="274292"/>
+                    <a:pt x="112662" y="302154"/>
+                    <a:pt x="107133" y="304467"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="79073" y="306590"/>
+                    <a:pt x="44524" y="316258"/>
+                    <a:pt x="3485" y="333469"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="6680" y="425425"/>
+                    <a:pt x="11717" y="479640"/>
+                    <a:pt x="18598" y="496114"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="23759" y="508418"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="114438" y="494538"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="113667" y="596261"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="16085" y="593713"/>
+                  </a:lnTo>
+                  <a:cubicBezTo>
+                    <a:pt x="12265" y="691905"/>
+                    <a:pt x="16643" y="756067"/>
+                    <a:pt x="29221" y="786198"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="385637" y="784589"/>
+                    <a:pt x="666007" y="777972"/>
+                    <a:pt x="870330" y="766349"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="865170" y="754044"/>
+                  </a:lnTo>
+                  <a:cubicBezTo>
+                    <a:pt x="863695" y="596910"/>
+                    <a:pt x="861215" y="514264"/>
+                    <a:pt x="857730" y="506105"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="968404" y="501434"/>
+                    <a:pt x="1026030" y="504607"/>
+                    <a:pt x="1030610" y="515626"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="1028689" y="664446"/>
+                    <a:pt x="1031169" y="747082"/>
+                    <a:pt x="1038049" y="763533"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="1510780" y="763130"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1507831" y="387617"/>
+                  </a:lnTo>
+                  <a:cubicBezTo>
+                    <a:pt x="1390031" y="398346"/>
+                    <a:pt x="1327679" y="395540"/>
+                    <a:pt x="1320776" y="379201"/>
+                  </a:cubicBezTo>
+                  <a:close/>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:grpFill/>
+            <a:ln w="3349" cap="flat">
+              <a:noFill/>
+              <a:prstDash val="solid"/>
+              <a:miter/>
+            </a:ln>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="en-GB"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="13" name="Freeform 12">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AD5321C8-39B3-CFFF-2124-F51888C76155}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="1127677" y="7652296"/>
+              <a:ext cx="1521100" cy="798468"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst>
+                <a:gd name="connsiteX0" fmla="*/ 12198 w 1521100"/>
+                <a:gd name="connsiteY0" fmla="*/ 621844 h 798468"/>
+                <a:gd name="connsiteX1" fmla="*/ 23189 w 1521100"/>
+                <a:gd name="connsiteY1" fmla="*/ 786131 h 798468"/>
+                <a:gd name="connsiteX2" fmla="*/ 28350 w 1521100"/>
+                <a:gd name="connsiteY2" fmla="*/ 798469 h 798468"/>
+                <a:gd name="connsiteX3" fmla="*/ 318281 w 1521100"/>
+                <a:gd name="connsiteY3" fmla="*/ 787841 h 798468"/>
+                <a:gd name="connsiteX4" fmla="*/ 313087 w 1521100"/>
+                <a:gd name="connsiteY4" fmla="*/ 775502 h 798468"/>
+                <a:gd name="connsiteX5" fmla="*/ 308530 w 1521100"/>
+                <a:gd name="connsiteY5" fmla="*/ 304366 h 798468"/>
+                <a:gd name="connsiteX6" fmla="*/ 568637 w 1521100"/>
+                <a:gd name="connsiteY6" fmla="*/ 291727 h 798468"/>
+                <a:gd name="connsiteX7" fmla="*/ 581237 w 1521100"/>
+                <a:gd name="connsiteY7" fmla="*/ 551971 h 798468"/>
+                <a:gd name="connsiteX8" fmla="*/ 476550 w 1521100"/>
+                <a:gd name="connsiteY8" fmla="*/ 566958 h 798468"/>
+                <a:gd name="connsiteX9" fmla="*/ 487676 w 1521100"/>
+                <a:gd name="connsiteY9" fmla="*/ 789215 h 798468"/>
+                <a:gd name="connsiteX10" fmla="*/ 855954 w 1521100"/>
+                <a:gd name="connsiteY10" fmla="*/ 769836 h 798468"/>
+                <a:gd name="connsiteX11" fmla="*/ 852603 w 1521100"/>
+                <a:gd name="connsiteY11" fmla="*/ 761622 h 798468"/>
+                <a:gd name="connsiteX12" fmla="*/ 840003 w 1521100"/>
+                <a:gd name="connsiteY12" fmla="*/ 501377 h 798468"/>
+                <a:gd name="connsiteX13" fmla="*/ 903003 w 1521100"/>
+                <a:gd name="connsiteY13" fmla="*/ 513548 h 798468"/>
+                <a:gd name="connsiteX14" fmla="*/ 911514 w 1521100"/>
+                <a:gd name="connsiteY14" fmla="*/ 775536 h 798468"/>
+                <a:gd name="connsiteX15" fmla="*/ 916675 w 1521100"/>
+                <a:gd name="connsiteY15" fmla="*/ 787841 h 798468"/>
+                <a:gd name="connsiteX16" fmla="*/ 1521101 w 1521100"/>
+                <a:gd name="connsiteY16" fmla="*/ 756257 h 798468"/>
+                <a:gd name="connsiteX17" fmla="*/ 1517750 w 1521100"/>
+                <a:gd name="connsiteY17" fmla="*/ 748043 h 798468"/>
+                <a:gd name="connsiteX18" fmla="*/ 1495499 w 1521100"/>
+                <a:gd name="connsiteY18" fmla="*/ 602900 h 798468"/>
+                <a:gd name="connsiteX19" fmla="*/ 1330159 w 1521100"/>
+                <a:gd name="connsiteY19" fmla="*/ 599849 h 798468"/>
+                <a:gd name="connsiteX20" fmla="*/ 1327880 w 1521100"/>
+                <a:gd name="connsiteY20" fmla="*/ 364248 h 798468"/>
+                <a:gd name="connsiteX21" fmla="*/ 1505485 w 1521100"/>
+                <a:gd name="connsiteY21" fmla="*/ 362102 h 798468"/>
+                <a:gd name="connsiteX22" fmla="*/ 1493656 w 1521100"/>
+                <a:gd name="connsiteY22" fmla="*/ 0 h 798468"/>
+                <a:gd name="connsiteX23" fmla="*/ 1027862 w 1521100"/>
+                <a:gd name="connsiteY23" fmla="*/ 16764 h 798468"/>
+                <a:gd name="connsiteX24" fmla="*/ 1015598 w 1521100"/>
+                <a:gd name="connsiteY24" fmla="*/ 22262 h 798468"/>
+                <a:gd name="connsiteX25" fmla="*/ 1010705 w 1521100"/>
+                <a:gd name="connsiteY25" fmla="*/ 275365 h 798468"/>
+                <a:gd name="connsiteX26" fmla="*/ 853575 w 1521100"/>
+                <a:gd name="connsiteY26" fmla="*/ 268894 h 798468"/>
+                <a:gd name="connsiteX27" fmla="*/ 840975 w 1521100"/>
+                <a:gd name="connsiteY27" fmla="*/ 8650 h 798468"/>
+                <a:gd name="connsiteX28" fmla="*/ 828677 w 1521100"/>
+                <a:gd name="connsiteY28" fmla="*/ 13813 h 798468"/>
+                <a:gd name="connsiteX29" fmla="*/ 0 w 1521100"/>
+                <a:gd name="connsiteY29" fmla="*/ 28465 h 798468"/>
+                <a:gd name="connsiteX30" fmla="*/ 7305 w 1521100"/>
+                <a:gd name="connsiteY30" fmla="*/ 218535 h 798468"/>
+                <a:gd name="connsiteX31" fmla="*/ 108976 w 1521100"/>
+                <a:gd name="connsiteY31" fmla="*/ 219306 h 798468"/>
+                <a:gd name="connsiteX32" fmla="*/ 106462 w 1521100"/>
+                <a:gd name="connsiteY32" fmla="*/ 316906 h 798468"/>
+                <a:gd name="connsiteX33" fmla="*/ 10623 w 1521100"/>
+                <a:gd name="connsiteY33" fmla="*/ 318516 h 798468"/>
+                <a:gd name="connsiteX34" fmla="*/ 17895 w 1521100"/>
+                <a:gd name="connsiteY34" fmla="*/ 508586 h 798468"/>
+                <a:gd name="connsiteX35" fmla="*/ 102106 w 1521100"/>
+                <a:gd name="connsiteY35" fmla="*/ 502215 h 798468"/>
+                <a:gd name="connsiteX36" fmla="*/ 107267 w 1521100"/>
+                <a:gd name="connsiteY36" fmla="*/ 514521 h 798468"/>
+                <a:gd name="connsiteX37" fmla="*/ 117085 w 1521100"/>
+                <a:gd name="connsiteY37" fmla="*/ 606990 h 798468"/>
+                <a:gd name="connsiteX38" fmla="*/ 12198 w 1521100"/>
+                <a:gd name="connsiteY38" fmla="*/ 621844 h 798468"/>
+              </a:gdLst>
+              <a:ahLst/>
+              <a:cxnLst>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX0" y="connsiteY0"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX1" y="connsiteY1"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX2" y="connsiteY2"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX3" y="connsiteY3"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX4" y="connsiteY4"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX5" y="connsiteY5"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX6" y="connsiteY6"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX7" y="connsiteY7"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX8" y="connsiteY8"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX9" y="connsiteY9"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX10" y="connsiteY10"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX11" y="connsiteY11"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX12" y="connsiteY12"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX13" y="connsiteY13"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX14" y="connsiteY14"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX15" y="connsiteY15"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX16" y="connsiteY16"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX17" y="connsiteY17"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX18" y="connsiteY18"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX19" y="connsiteY19"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX20" y="connsiteY20"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX21" y="connsiteY21"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX22" y="connsiteY22"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX23" y="connsiteY23"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX24" y="connsiteY24"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX25" y="connsiteY25"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX26" y="connsiteY26"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX27" y="connsiteY27"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX28" y="connsiteY28"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX29" y="connsiteY29"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX30" y="connsiteY30"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX31" y="connsiteY31"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX32" y="connsiteY32"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX33" y="connsiteY33"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX34" y="connsiteY34"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX35" y="connsiteY35"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX36" y="connsiteY36"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX37" y="connsiteY37"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX38" y="connsiteY38"/>
+                </a:cxn>
+              </a:cxnLst>
+              <a:rect l="l" t="t" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="1521100" h="798468">
+                  <a:moveTo>
+                    <a:pt x="12198" y="621844"/>
+                  </a:moveTo>
+                  <a:cubicBezTo>
+                    <a:pt x="12667" y="715052"/>
+                    <a:pt x="16331" y="769814"/>
+                    <a:pt x="23189" y="786131"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="28350" y="798469"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="318281" y="787841"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="313087" y="775502"/>
+                  </a:lnTo>
+                  <a:cubicBezTo>
+                    <a:pt x="302431" y="496862"/>
+                    <a:pt x="300912" y="339817"/>
+                    <a:pt x="308530" y="304366"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="568637" y="291727"/>
+                  </a:lnTo>
+                  <a:cubicBezTo>
+                    <a:pt x="573641" y="457132"/>
+                    <a:pt x="577841" y="543880"/>
+                    <a:pt x="581237" y="551971"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="573038" y="555436"/>
+                    <a:pt x="538142" y="560432"/>
+                    <a:pt x="476550" y="566958"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="477109" y="698835"/>
+                    <a:pt x="480817" y="772920"/>
+                    <a:pt x="487676" y="789215"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="708576" y="786667"/>
+                    <a:pt x="831335" y="780207"/>
+                    <a:pt x="855954" y="769836"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="852603" y="761622"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="840003" y="501377"/>
+                  </a:lnTo>
+                  <a:cubicBezTo>
+                    <a:pt x="877446" y="498561"/>
+                    <a:pt x="898445" y="502618"/>
+                    <a:pt x="903003" y="513548"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="900769" y="669051"/>
+                    <a:pt x="903606" y="756381"/>
+                    <a:pt x="911514" y="775536"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="916675" y="787841"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1521101" y="756257"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1517750" y="748043"/>
+                  </a:lnTo>
+                  <a:cubicBezTo>
+                    <a:pt x="1515516" y="681367"/>
+                    <a:pt x="1508099" y="632986"/>
+                    <a:pt x="1495499" y="602900"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="1330159" y="599849"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="1327880" y="364248"/>
+                  </a:lnTo>
+                  <a:cubicBezTo>
+                    <a:pt x="1429930" y="369724"/>
+                    <a:pt x="1489132" y="369009"/>
+                    <a:pt x="1505485" y="362102"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="1503251" y="157112"/>
+                    <a:pt x="1499308" y="36411"/>
+                    <a:pt x="1493656" y="0"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="1199569" y="4470"/>
+                    <a:pt x="1044305" y="10058"/>
+                    <a:pt x="1027862" y="16764"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="1015598" y="22262"/>
+                  </a:lnTo>
+                  <a:cubicBezTo>
+                    <a:pt x="1031548" y="182973"/>
+                    <a:pt x="1029918" y="267341"/>
+                    <a:pt x="1010705" y="275365"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="908298" y="276527"/>
+                    <a:pt x="855921" y="274371"/>
+                    <a:pt x="853575" y="268894"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="857864" y="125529"/>
+                    <a:pt x="853664" y="38781"/>
+                    <a:pt x="840975" y="8650"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="828677" y="13813"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="28465"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="7305" y="218535"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="108976" y="219306"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="106462" y="316906"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="10623" y="318516"/>
+                  </a:lnTo>
+                  <a:cubicBezTo>
+                    <a:pt x="7428" y="426051"/>
+                    <a:pt x="9852" y="489408"/>
+                    <a:pt x="17895" y="508586"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="57638" y="511223"/>
+                    <a:pt x="85708" y="509100"/>
+                    <a:pt x="102106" y="502215"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="107267" y="514521"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="117085" y="606990"/>
+                  </a:lnTo>
+                  <a:cubicBezTo>
+                    <a:pt x="82771" y="601961"/>
+                    <a:pt x="47808" y="606912"/>
+                    <a:pt x="12198" y="621844"/>
+                  </a:cubicBezTo>
+                  <a:close/>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:grpFill/>
+            <a:ln w="3349" cap="flat">
+              <a:noFill/>
+              <a:prstDash val="solid"/>
+              <a:miter/>
+            </a:ln>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="en-GB"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="14" name="Freeform 13">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6A724109-267B-A8C7-A787-8007112C49B7}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="1210971" y="228112"/>
+              <a:ext cx="3295451" cy="2203886"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst>
+                <a:gd name="connsiteX0" fmla="*/ 3225918 w 3295451"/>
+                <a:gd name="connsiteY0" fmla="*/ 728609 h 2203886"/>
+                <a:gd name="connsiteX1" fmla="*/ 1830380 w 3295451"/>
+                <a:gd name="connsiteY1" fmla="*/ 1051 h 2203886"/>
+                <a:gd name="connsiteX2" fmla="*/ 715894 w 3295451"/>
+                <a:gd name="connsiteY2" fmla="*/ 174223 h 2203886"/>
+                <a:gd name="connsiteX3" fmla="*/ 113 w 3295451"/>
+                <a:gd name="connsiteY3" fmla="*/ 1160282 h 2203886"/>
+                <a:gd name="connsiteX4" fmla="*/ 64453 w 3295451"/>
+                <a:gd name="connsiteY4" fmla="*/ 1451976 h 2203886"/>
+                <a:gd name="connsiteX5" fmla="*/ 1735647 w 3295451"/>
+                <a:gd name="connsiteY5" fmla="*/ 2203808 h 2203886"/>
+                <a:gd name="connsiteX6" fmla="*/ 2472874 w 3295451"/>
+                <a:gd name="connsiteY6" fmla="*/ 2063359 h 2203886"/>
+                <a:gd name="connsiteX7" fmla="*/ 2628797 w 3295451"/>
+                <a:gd name="connsiteY7" fmla="*/ 1997912 h 2203886"/>
+                <a:gd name="connsiteX8" fmla="*/ 3295452 w 3295451"/>
+                <a:gd name="connsiteY8" fmla="*/ 1032540 h 2203886"/>
+                <a:gd name="connsiteX9" fmla="*/ 3225918 w 3295451"/>
+                <a:gd name="connsiteY9" fmla="*/ 728609 h 2203886"/>
+                <a:gd name="connsiteX10" fmla="*/ 2601352 w 3295451"/>
+                <a:gd name="connsiteY10" fmla="*/ 1632859 h 2203886"/>
+                <a:gd name="connsiteX11" fmla="*/ 2398280 w 3295451"/>
+                <a:gd name="connsiteY11" fmla="*/ 1747055 h 2203886"/>
+                <a:gd name="connsiteX12" fmla="*/ 1653513 w 3295451"/>
+                <a:gd name="connsiteY12" fmla="*/ 1639565 h 2203886"/>
+                <a:gd name="connsiteX13" fmla="*/ 1487402 w 3295451"/>
+                <a:gd name="connsiteY13" fmla="*/ 1738271 h 2203886"/>
+                <a:gd name="connsiteX14" fmla="*/ 1438309 w 3295451"/>
+                <a:gd name="connsiteY14" fmla="*/ 1758924 h 2203886"/>
+                <a:gd name="connsiteX15" fmla="*/ 613955 w 3295451"/>
+                <a:gd name="connsiteY15" fmla="*/ 1588300 h 2203886"/>
+                <a:gd name="connsiteX16" fmla="*/ 469861 w 3295451"/>
+                <a:gd name="connsiteY16" fmla="*/ 1383143 h 2203886"/>
+                <a:gd name="connsiteX17" fmla="*/ 466242 w 3295451"/>
+                <a:gd name="connsiteY17" fmla="*/ 868085 h 2203886"/>
+                <a:gd name="connsiteX18" fmla="*/ 864378 w 3295451"/>
+                <a:gd name="connsiteY18" fmla="*/ 459580 h 2203886"/>
+                <a:gd name="connsiteX19" fmla="*/ 1651201 w 3295451"/>
+                <a:gd name="connsiteY19" fmla="*/ 563852 h 2203886"/>
+                <a:gd name="connsiteX20" fmla="*/ 1824482 w 3295451"/>
+                <a:gd name="connsiteY20" fmla="*/ 447678 h 2203886"/>
+                <a:gd name="connsiteX21" fmla="*/ 1849113 w 3295451"/>
+                <a:gd name="connsiteY21" fmla="*/ 437351 h 2203886"/>
+                <a:gd name="connsiteX22" fmla="*/ 2635030 w 3295451"/>
+                <a:gd name="connsiteY22" fmla="*/ 585478 h 2203886"/>
+                <a:gd name="connsiteX23" fmla="*/ 2791255 w 3295451"/>
+                <a:gd name="connsiteY23" fmla="*/ 785439 h 2203886"/>
+                <a:gd name="connsiteX24" fmla="*/ 2825637 w 3295451"/>
+                <a:gd name="connsiteY24" fmla="*/ 867549 h 2203886"/>
+                <a:gd name="connsiteX25" fmla="*/ 2601352 w 3295451"/>
+                <a:gd name="connsiteY25" fmla="*/ 1632859 h 2203886"/>
+              </a:gdLst>
+              <a:ahLst/>
+              <a:cxnLst>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX0" y="connsiteY0"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX1" y="connsiteY1"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX2" y="connsiteY2"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX3" y="connsiteY3"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX4" y="connsiteY4"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX5" y="connsiteY5"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX6" y="connsiteY6"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX7" y="connsiteY7"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX8" y="connsiteY8"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX9" y="connsiteY9"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX10" y="connsiteY10"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX11" y="connsiteY11"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX12" y="connsiteY12"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX13" y="connsiteY13"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX14" y="connsiteY14"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX15" y="connsiteY15"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX16" y="connsiteY16"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX17" y="connsiteY17"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX18" y="connsiteY18"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX19" y="connsiteY19"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX20" y="connsiteY20"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX21" y="connsiteY21"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX22" y="connsiteY22"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX23" y="connsiteY23"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX24" y="connsiteY24"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX25" y="connsiteY25"/>
+                </a:cxn>
+              </a:cxnLst>
+              <a:rect l="l" t="t" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="3295451" h="2203886">
+                  <a:moveTo>
+                    <a:pt x="3225918" y="728609"/>
+                  </a:moveTo>
+                  <a:cubicBezTo>
+                    <a:pt x="3048045" y="304346"/>
+                    <a:pt x="2582866" y="61826"/>
+                    <a:pt x="1830380" y="1051"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="1385609" y="-8672"/>
+                    <a:pt x="1014113" y="49052"/>
+                    <a:pt x="715894" y="174223"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="242639" y="372888"/>
+                    <a:pt x="4045" y="701574"/>
+                    <a:pt x="113" y="1160282"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="-1763" y="1247946"/>
+                    <a:pt x="19683" y="1345178"/>
+                    <a:pt x="64453" y="1451976"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="276685" y="1958382"/>
+                    <a:pt x="833750" y="2208993"/>
+                    <a:pt x="1735647" y="2203808"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="2052185" y="2183691"/>
+                    <a:pt x="2297928" y="2136874"/>
+                    <a:pt x="2472874" y="2063359"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="2628797" y="1997912"/>
+                  </a:lnTo>
+                  <a:cubicBezTo>
+                    <a:pt x="3069369" y="1813016"/>
+                    <a:pt x="3291587" y="1491226"/>
+                    <a:pt x="3295452" y="1032540"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="3286985" y="920221"/>
+                    <a:pt x="3263807" y="818911"/>
+                    <a:pt x="3225918" y="728609"/>
+                  </a:cubicBezTo>
+                  <a:close/>
+                  <a:moveTo>
+                    <a:pt x="2601352" y="1632859"/>
+                  </a:moveTo>
+                  <a:cubicBezTo>
+                    <a:pt x="2528903" y="1682592"/>
+                    <a:pt x="2461212" y="1720658"/>
+                    <a:pt x="2398280" y="1747055"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="2176687" y="1840062"/>
+                    <a:pt x="1928432" y="1804232"/>
+                    <a:pt x="1653513" y="1639565"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="1586492" y="1687018"/>
+                    <a:pt x="1531122" y="1719920"/>
+                    <a:pt x="1487402" y="1738271"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="1438309" y="1758924"/>
+                  </a:lnTo>
+                  <a:cubicBezTo>
+                    <a:pt x="1156577" y="1877167"/>
+                    <a:pt x="881792" y="1820292"/>
+                    <a:pt x="613955" y="1588300"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="559172" y="1524920"/>
+                    <a:pt x="510898" y="1456188"/>
+                    <a:pt x="469861" y="1383143"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="402170" y="1221716"/>
+                    <a:pt x="400964" y="1050031"/>
+                    <a:pt x="466242" y="868085"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="542914" y="674964"/>
+                    <a:pt x="675626" y="538796"/>
+                    <a:pt x="864378" y="459580"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="1110590" y="356247"/>
+                    <a:pt x="1372864" y="391004"/>
+                    <a:pt x="1651201" y="563852"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="1690140" y="518545"/>
+                    <a:pt x="1747900" y="479820"/>
+                    <a:pt x="1824482" y="447678"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="1849113" y="437351"/>
+                  </a:lnTo>
+                  <a:cubicBezTo>
+                    <a:pt x="2114470" y="325971"/>
+                    <a:pt x="2376442" y="375347"/>
+                    <a:pt x="2635030" y="585478"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="2709378" y="647661"/>
+                    <a:pt x="2761454" y="714315"/>
+                    <a:pt x="2791255" y="785439"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="2825637" y="867549"/>
+                  </a:lnTo>
+                  <a:cubicBezTo>
+                    <a:pt x="2931306" y="1119411"/>
+                    <a:pt x="2856545" y="1374515"/>
+                    <a:pt x="2601352" y="1632859"/>
+                  </a:cubicBezTo>
+                  <a:close/>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:grpFill/>
+            <a:ln w="3349" cap="flat">
+              <a:noFill/>
+              <a:prstDash val="solid"/>
+              <a:miter/>
+            </a:ln>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="en-GB"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="15" name="Freeform 14">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{220E388E-4C68-6750-0B05-BA704F811D42}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="2546431" y="2424443"/>
+              <a:ext cx="659146" cy="162522"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst>
+                <a:gd name="connsiteX0" fmla="*/ 652787 w 659146"/>
+                <a:gd name="connsiteY0" fmla="*/ 138035 h 162522"/>
+                <a:gd name="connsiteX1" fmla="*/ 653155 w 659146"/>
+                <a:gd name="connsiteY1" fmla="*/ 12338 h 162522"/>
+                <a:gd name="connsiteX2" fmla="*/ 647995 w 659146"/>
+                <a:gd name="connsiteY2" fmla="*/ 0 h 162522"/>
+                <a:gd name="connsiteX3" fmla="*/ 408 w 659146"/>
+                <a:gd name="connsiteY3" fmla="*/ 20754 h 162522"/>
+                <a:gd name="connsiteX4" fmla="*/ 30868 w 659146"/>
+                <a:gd name="connsiteY4" fmla="*/ 162443 h 162522"/>
+                <a:gd name="connsiteX5" fmla="*/ 652787 w 659146"/>
+                <a:gd name="connsiteY5" fmla="*/ 138035 h 162522"/>
+              </a:gdLst>
+              <a:ahLst/>
+              <a:cxnLst>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX0" y="connsiteY0"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX1" y="connsiteY1"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX2" y="connsiteY2"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX3" y="connsiteY3"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX4" y="connsiteY4"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX5" y="connsiteY5"/>
+                </a:cxn>
+              </a:cxnLst>
+              <a:rect l="l" t="t" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="659146" h="162522">
+                  <a:moveTo>
+                    <a:pt x="652787" y="138035"/>
+                  </a:moveTo>
+                  <a:cubicBezTo>
+                    <a:pt x="661142" y="73438"/>
+                    <a:pt x="661265" y="31539"/>
+                    <a:pt x="653155" y="12338"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="647995" y="0"/>
+                  </a:lnTo>
+                  <a:cubicBezTo>
+                    <a:pt x="454618" y="29728"/>
+                    <a:pt x="238755" y="36646"/>
+                    <a:pt x="408" y="20754"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="-2229" y="60496"/>
+                    <a:pt x="7925" y="107725"/>
+                    <a:pt x="30868" y="162443"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="404509" y="163427"/>
+                    <a:pt x="611815" y="155291"/>
+                    <a:pt x="652787" y="138035"/>
+                  </a:cubicBezTo>
+                  <a:close/>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:grpFill/>
+            <a:ln w="3349" cap="flat">
+              <a:noFill/>
+              <a:prstDash val="solid"/>
+              <a:miter/>
+            </a:ln>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="en-GB"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="16" name="Freeform 15">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{76699F41-EAA8-D039-1620-1ABB5F05333B}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="2669956" y="7078599"/>
+              <a:ext cx="639477" cy="2485580"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst>
+                <a:gd name="connsiteX0" fmla="*/ 639478 w 639477"/>
+                <a:gd name="connsiteY0" fmla="*/ 2341763 h 2485580"/>
+                <a:gd name="connsiteX1" fmla="*/ 593837 w 639477"/>
+                <a:gd name="connsiteY1" fmla="*/ 0 h 2485580"/>
+                <a:gd name="connsiteX2" fmla="*/ 12298 w 639477"/>
+                <a:gd name="connsiteY2" fmla="*/ 17167 h 2485580"/>
+                <a:gd name="connsiteX3" fmla="*/ 0 w 639477"/>
+                <a:gd name="connsiteY3" fmla="*/ 22329 h 2485580"/>
+                <a:gd name="connsiteX4" fmla="*/ 52812 w 639477"/>
+                <a:gd name="connsiteY4" fmla="*/ 2346625 h 2485580"/>
+                <a:gd name="connsiteX5" fmla="*/ 94901 w 639477"/>
+                <a:gd name="connsiteY5" fmla="*/ 2343272 h 2485580"/>
+                <a:gd name="connsiteX6" fmla="*/ 100062 w 639477"/>
+                <a:gd name="connsiteY6" fmla="*/ 2355577 h 2485580"/>
+                <a:gd name="connsiteX7" fmla="*/ 87764 w 639477"/>
+                <a:gd name="connsiteY7" fmla="*/ 2360740 h 2485580"/>
+                <a:gd name="connsiteX8" fmla="*/ 45675 w 639477"/>
+                <a:gd name="connsiteY8" fmla="*/ 2364093 h 2485580"/>
+                <a:gd name="connsiteX9" fmla="*/ 43664 w 639477"/>
+                <a:gd name="connsiteY9" fmla="*/ 2393899 h 2485580"/>
+                <a:gd name="connsiteX10" fmla="*/ 574367 w 639477"/>
+                <a:gd name="connsiteY10" fmla="*/ 2451199 h 2485580"/>
+                <a:gd name="connsiteX11" fmla="*/ 635792 w 639477"/>
+                <a:gd name="connsiteY11" fmla="*/ 2367379 h 2485580"/>
+                <a:gd name="connsiteX12" fmla="*/ 627179 w 639477"/>
+                <a:gd name="connsiteY12" fmla="*/ 2346826 h 2485580"/>
+                <a:gd name="connsiteX13" fmla="*/ 257125 w 639477"/>
+                <a:gd name="connsiteY13" fmla="*/ 2362216 h 2485580"/>
+                <a:gd name="connsiteX14" fmla="*/ 251964 w 639477"/>
+                <a:gd name="connsiteY14" fmla="*/ 2349877 h 2485580"/>
+                <a:gd name="connsiteX15" fmla="*/ 264263 w 639477"/>
+                <a:gd name="connsiteY15" fmla="*/ 2344714 h 2485580"/>
+                <a:gd name="connsiteX16" fmla="*/ 159610 w 639477"/>
+                <a:gd name="connsiteY16" fmla="*/ 2359701 h 2485580"/>
+                <a:gd name="connsiteX17" fmla="*/ 117521 w 639477"/>
+                <a:gd name="connsiteY17" fmla="*/ 2362886 h 2485580"/>
+                <a:gd name="connsiteX18" fmla="*/ 112360 w 639477"/>
+                <a:gd name="connsiteY18" fmla="*/ 2350581 h 2485580"/>
+                <a:gd name="connsiteX19" fmla="*/ 124692 w 639477"/>
+                <a:gd name="connsiteY19" fmla="*/ 2345418 h 2485580"/>
+                <a:gd name="connsiteX20" fmla="*/ 162659 w 639477"/>
+                <a:gd name="connsiteY20" fmla="*/ 2343943 h 2485580"/>
+                <a:gd name="connsiteX21" fmla="*/ 167820 w 639477"/>
+                <a:gd name="connsiteY21" fmla="*/ 2356247 h 2485580"/>
+                <a:gd name="connsiteX22" fmla="*/ 227401 w 639477"/>
+                <a:gd name="connsiteY22" fmla="*/ 2360237 h 2485580"/>
+                <a:gd name="connsiteX23" fmla="*/ 185279 w 639477"/>
+                <a:gd name="connsiteY23" fmla="*/ 2363422 h 2485580"/>
+                <a:gd name="connsiteX24" fmla="*/ 180118 w 639477"/>
+                <a:gd name="connsiteY24" fmla="*/ 2351084 h 2485580"/>
+                <a:gd name="connsiteX25" fmla="*/ 192450 w 639477"/>
+                <a:gd name="connsiteY25" fmla="*/ 2345921 h 2485580"/>
+                <a:gd name="connsiteX26" fmla="*/ 234539 w 639477"/>
+                <a:gd name="connsiteY26" fmla="*/ 2342568 h 2485580"/>
+                <a:gd name="connsiteX27" fmla="*/ 239699 w 639477"/>
+                <a:gd name="connsiteY27" fmla="*/ 2354873 h 2485580"/>
+              </a:gdLst>
+              <a:ahLst/>
+              <a:cxnLst>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX0" y="connsiteY0"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX1" y="connsiteY1"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX2" y="connsiteY2"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX3" y="connsiteY3"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX4" y="connsiteY4"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX5" y="connsiteY5"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX6" y="connsiteY6"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX7" y="connsiteY7"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX8" y="connsiteY8"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX9" y="connsiteY9"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX10" y="connsiteY10"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX11" y="connsiteY11"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX12" y="connsiteY12"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX13" y="connsiteY13"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX14" y="connsiteY14"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX15" y="connsiteY15"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX16" y="connsiteY16"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX17" y="connsiteY17"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX18" y="connsiteY18"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX19" y="connsiteY19"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX20" y="connsiteY20"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX21" y="connsiteY21"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX22" y="connsiteY22"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX23" y="connsiteY23"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX24" y="connsiteY24"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX25" y="connsiteY25"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX26" y="connsiteY26"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX27" y="connsiteY27"/>
+                </a:cxn>
+              </a:cxnLst>
+              <a:rect l="l" t="t" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="639477" h="2485580">
+                  <a:moveTo>
+                    <a:pt x="639478" y="2341763"/>
+                  </a:moveTo>
+                  <a:lnTo>
+                    <a:pt x="593837" y="0"/>
+                  </a:lnTo>
+                  <a:cubicBezTo>
+                    <a:pt x="219861" y="5700"/>
+                    <a:pt x="26015" y="11422"/>
+                    <a:pt x="12298" y="17167"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="0" y="22329"/>
+                  </a:lnTo>
+                  <a:cubicBezTo>
+                    <a:pt x="30628" y="1560863"/>
+                    <a:pt x="48233" y="2335628"/>
+                    <a:pt x="52812" y="2346625"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="72650" y="2347921"/>
+                    <a:pt x="86680" y="2346804"/>
+                    <a:pt x="94901" y="2343272"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="100062" y="2355577"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="87764" y="2360740"/>
+                  </a:lnTo>
+                  <a:cubicBezTo>
+                    <a:pt x="67892" y="2359399"/>
+                    <a:pt x="53885" y="2360506"/>
+                    <a:pt x="45675" y="2364093"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="43664" y="2393899"/>
+                  </a:lnTo>
+                  <a:cubicBezTo>
+                    <a:pt x="84993" y="2492449"/>
+                    <a:pt x="261894" y="2511549"/>
+                    <a:pt x="574367" y="2451199"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="624499" y="2417224"/>
+                    <a:pt x="644973" y="2389283"/>
+                    <a:pt x="635792" y="2367379"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="627179" y="2346826"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="257125" y="2362216"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="251964" y="2349877"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="264263" y="2344714"/>
+                  </a:lnTo>
+                  <a:close/>
+                  <a:moveTo>
+                    <a:pt x="159610" y="2359701"/>
+                  </a:moveTo>
+                  <a:cubicBezTo>
+                    <a:pt x="139772" y="2358382"/>
+                    <a:pt x="125742" y="2359444"/>
+                    <a:pt x="117521" y="2362886"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="112360" y="2350581"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="124692" y="2345418"/>
+                  </a:lnTo>
+                  <a:cubicBezTo>
+                    <a:pt x="141827" y="2347877"/>
+                    <a:pt x="154483" y="2347385"/>
+                    <a:pt x="162659" y="2343943"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="167820" y="2356247"/>
+                  </a:lnTo>
+                  <a:close/>
+                  <a:moveTo>
+                    <a:pt x="227401" y="2360237"/>
+                  </a:moveTo>
+                  <a:cubicBezTo>
+                    <a:pt x="207529" y="2358930"/>
+                    <a:pt x="193522" y="2359969"/>
+                    <a:pt x="185279" y="2363422"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="180118" y="2351084"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="192450" y="2345921"/>
+                  </a:lnTo>
+                  <a:cubicBezTo>
+                    <a:pt x="212310" y="2347262"/>
+                    <a:pt x="226340" y="2346144"/>
+                    <a:pt x="234539" y="2342568"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="239699" y="2354873"/>
+                  </a:lnTo>
+                  <a:close/>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:grpFill/>
+            <a:ln w="3349" cap="flat">
+              <a:noFill/>
+              <a:prstDash val="solid"/>
+              <a:miter/>
+            </a:ln>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="en-GB"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="17" name="Freeform 16">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A2F3BDD2-244C-191E-1684-30F930614DD3}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="2561114" y="2600632"/>
+              <a:ext cx="812932" cy="4471339"/>
+            </a:xfrm>
+            <a:custGeom>
+              <a:avLst/>
+              <a:gdLst>
+                <a:gd name="connsiteX0" fmla="*/ 792218 w 812932"/>
+                <a:gd name="connsiteY0" fmla="*/ 4300369 h 4471339"/>
+                <a:gd name="connsiteX1" fmla="*/ 745873 w 812932"/>
+                <a:gd name="connsiteY1" fmla="*/ 4247394 h 4471339"/>
+                <a:gd name="connsiteX2" fmla="*/ 679824 w 812932"/>
+                <a:gd name="connsiteY2" fmla="*/ 2961864 h 4471339"/>
+                <a:gd name="connsiteX3" fmla="*/ 709615 w 812932"/>
+                <a:gd name="connsiteY3" fmla="*/ 2963842 h 4471339"/>
+                <a:gd name="connsiteX4" fmla="*/ 735820 w 812932"/>
+                <a:gd name="connsiteY4" fmla="*/ 2899770 h 4471339"/>
+                <a:gd name="connsiteX5" fmla="*/ 692524 w 812932"/>
+                <a:gd name="connsiteY5" fmla="*/ 2831004 h 4471339"/>
+                <a:gd name="connsiteX6" fmla="*/ 581706 w 812932"/>
+                <a:gd name="connsiteY6" fmla="*/ 0 h 4471339"/>
+                <a:gd name="connsiteX7" fmla="*/ 569407 w 812932"/>
+                <a:gd name="connsiteY7" fmla="*/ 5163 h 4471339"/>
+                <a:gd name="connsiteX8" fmla="*/ 43999 w 812932"/>
+                <a:gd name="connsiteY8" fmla="*/ 17904 h 4471339"/>
+                <a:gd name="connsiteX9" fmla="*/ 49160 w 812932"/>
+                <a:gd name="connsiteY9" fmla="*/ 30242 h 4471339"/>
+                <a:gd name="connsiteX10" fmla="*/ 50098 w 812932"/>
+                <a:gd name="connsiteY10" fmla="*/ 2863895 h 4471339"/>
+                <a:gd name="connsiteX11" fmla="*/ 20441 w 812932"/>
+                <a:gd name="connsiteY11" fmla="*/ 2919820 h 4471339"/>
+                <a:gd name="connsiteX12" fmla="*/ 39375 w 812932"/>
+                <a:gd name="connsiteY12" fmla="*/ 2964982 h 4471339"/>
+                <a:gd name="connsiteX13" fmla="*/ 79587 w 812932"/>
+                <a:gd name="connsiteY13" fmla="*/ 2991603 h 4471339"/>
+                <a:gd name="connsiteX14" fmla="*/ 51103 w 812932"/>
+                <a:gd name="connsiteY14" fmla="*/ 4258962 h 4471339"/>
+                <a:gd name="connsiteX15" fmla="*/ 0 w 812932"/>
+                <a:gd name="connsiteY15" fmla="*/ 4367324 h 4471339"/>
+                <a:gd name="connsiteX16" fmla="*/ 18933 w 812932"/>
+                <a:gd name="connsiteY16" fmla="*/ 4412486 h 4471339"/>
+                <a:gd name="connsiteX17" fmla="*/ 287418 w 812932"/>
+                <a:gd name="connsiteY17" fmla="*/ 4454296 h 4471339"/>
+                <a:gd name="connsiteX18" fmla="*/ 747816 w 812932"/>
+                <a:gd name="connsiteY18" fmla="*/ 4459023 h 4471339"/>
+                <a:gd name="connsiteX19" fmla="*/ 802606 w 812932"/>
+                <a:gd name="connsiteY19" fmla="*/ 4324911 h 4471339"/>
+              </a:gdLst>
+              <a:ahLst/>
+              <a:cxnLst>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX0" y="connsiteY0"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX1" y="connsiteY1"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX2" y="connsiteY2"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX3" y="connsiteY3"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX4" y="connsiteY4"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX5" y="connsiteY5"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX6" y="connsiteY6"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX7" y="connsiteY7"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX8" y="connsiteY8"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX9" y="connsiteY9"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX10" y="connsiteY10"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX11" y="connsiteY11"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX12" y="connsiteY12"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX13" y="connsiteY13"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX14" y="connsiteY14"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX15" y="connsiteY15"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX16" y="connsiteY16"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX17" y="connsiteY17"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX18" y="connsiteY18"/>
+                </a:cxn>
+                <a:cxn ang="0">
+                  <a:pos x="connsiteX19" y="connsiteY19"/>
+                </a:cxn>
+              </a:cxnLst>
+              <a:rect l="l" t="t" r="r" b="b"/>
+              <a:pathLst>
+                <a:path w="812932" h="4471339">
+                  <a:moveTo>
+                    <a:pt x="792218" y="4300369"/>
+                  </a:moveTo>
+                  <a:cubicBezTo>
+                    <a:pt x="774993" y="4259297"/>
+                    <a:pt x="759612" y="4241628"/>
+                    <a:pt x="745873" y="4247394"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="727688" y="3781892"/>
+                    <a:pt x="705672" y="3353382"/>
+                    <a:pt x="679824" y="2961864"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="709615" y="2963842"/>
+                  </a:lnTo>
+                  <a:cubicBezTo>
+                    <a:pt x="720561" y="2959238"/>
+                    <a:pt x="729296" y="2937880"/>
+                    <a:pt x="735820" y="2899770"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="709280" y="2859536"/>
+                    <a:pt x="694848" y="2836614"/>
+                    <a:pt x="692524" y="2831004"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="581706" y="0"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="569407" y="5163"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="43999" y="17904"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="49160" y="30242"/>
+                  </a:lnTo>
+                  <a:cubicBezTo>
+                    <a:pt x="59525" y="1873478"/>
+                    <a:pt x="59838" y="2818029"/>
+                    <a:pt x="50098" y="2863895"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="24630" y="2887499"/>
+                    <a:pt x="14745" y="2906140"/>
+                    <a:pt x="20441" y="2919820"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="39375" y="2964982"/>
+                  </a:lnTo>
+                  <a:lnTo>
+                    <a:pt x="79587" y="2991603"/>
+                  </a:lnTo>
+                  <a:cubicBezTo>
+                    <a:pt x="70830" y="3822516"/>
+                    <a:pt x="61335" y="4244969"/>
+                    <a:pt x="51103" y="4258962"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="21346" y="4287594"/>
+                    <a:pt x="4312" y="4323716"/>
+                    <a:pt x="0" y="4367324"/>
+                  </a:cubicBezTo>
+                  <a:lnTo>
+                    <a:pt x="18933" y="4412486"/>
+                  </a:lnTo>
+                  <a:cubicBezTo>
+                    <a:pt x="44200" y="4472837"/>
+                    <a:pt x="133695" y="4486773"/>
+                    <a:pt x="287418" y="4454296"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="312350" y="4459995"/>
+                    <a:pt x="465816" y="4461572"/>
+                    <a:pt x="747816" y="4459023"/>
+                  </a:cubicBezTo>
+                  <a:cubicBezTo>
+                    <a:pt x="808515" y="4427149"/>
+                    <a:pt x="826778" y="4382445"/>
+                    <a:pt x="802606" y="4324911"/>
+                  </a:cubicBezTo>
+                  <a:close/>
+                </a:path>
+              </a:pathLst>
+            </a:custGeom>
+            <a:grpFill/>
+            <a:ln w="3349" cap="flat">
+              <a:noFill/>
+              <a:prstDash val="solid"/>
+              <a:miter/>
+            </a:ln>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr rtlCol="0" anchor="ctr"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:endParaRPr lang="en-GB"/>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+      </p:grpSp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="5" name="Graphic 106">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{32DC14AD-82AA-2CF8-9D15-33E7E705BB24}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr userDrawn="1"/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm rot="16200000">
             <a:off x="7299606" y="-200345"/>
             <a:ext cx="4043074" cy="5741714"/>
           </a:xfrm>
@@ -22253,279 +20009,365 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FA3A7B1A-82F0-193D-CCDC-5C96249A34BD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="18" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="788657" y="2396438"/>
             <a:ext cx="4726115" cy="3499183"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" indent="0" algn="l">
+            <a:lvl1pPr marL="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
-              <a:defRPr lang="en-US" sz="2200" b="0" i="0" kern="1200" spc="0" dirty="0">
-[...5 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
+              <a:defRPr sz="2400" b="0" i="0" spc="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr>
               <a:buNone/>
               <a:defRPr sz="2000" b="0" i="0" spc="300">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Montserrat Light" pitchFamily="2" charset="77"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr>
               <a:buNone/>
               <a:defRPr sz="2000" b="0" i="0" spc="300">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Montserrat Light" pitchFamily="2" charset="77"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr>
               <a:buNone/>
               <a:defRPr sz="2000" b="0" i="0" spc="300">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Montserrat Light" pitchFamily="2" charset="77"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr>
               <a:buNone/>
               <a:defRPr sz="2000" b="0" i="0" spc="300">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="Montserrat Light" pitchFamily="2" charset="77"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-[...11 lines deleted...]
-            </a:pPr>
+            <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t>Click to type…</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Text Placeholder 23">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{71A8E9F8-516B-15D5-81F8-F961C5CA1B45}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="16" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="788657" y="761603"/>
             <a:ext cx="4726115" cy="803654"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
-              <a:defRPr lang="en-US" sz="2800" b="1" i="0" kern="1200" dirty="0">
+              <a:defRPr sz="3600" b="1" i="0">
                 <a:solidFill>
                   <a:srgbClr val="459597"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
-                <a:ea typeface="+mn-ea"/>
-                <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-[...8 lines deleted...]
-            </a:pPr>
+            <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Heading</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="10" name="Text Placeholder 23">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D721C18E-EFB9-9B0B-67DA-A6787F1111A6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="21" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="774803" y="1579021"/>
             <a:ext cx="4726115" cy="803654"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
-              <a:defRPr lang="en-US" sz="2400" b="1" i="0" kern="1200" dirty="0">
+              <a:defRPr sz="3000" b="1" i="0">
                 <a:solidFill>
                   <a:srgbClr val="EC7C69"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
-                <a:ea typeface="+mn-ea"/>
-                <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Sub-Heading</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="object 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{88E51A10-9D05-671E-22DA-73FCF79621F0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7143400" y="3429000"/>
+            <a:ext cx="2959731" cy="452459"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="10692130" h="1024890">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="10692003" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="10692003" y="1024801"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1024801"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="0"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:srgbClr val="EC7C69"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="459597"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="19" name="Text Placeholder 23">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{78396991-DAEB-1E68-0DF8-1741CFE1C02F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="65" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7149410" y="3429001"/>
+            <a:ext cx="2953721" cy="452458"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="1000" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Photo Credit: </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1387813072"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:extLst>
     <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
         <p15:guide id="1" orient="horz" pos="2160" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="FBAE40"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="2" pos="3840" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="FBAE40"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout36.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout24.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Gallery 01">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="30" name="object 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F8A3C61E-F16A-DA4C-1484-C7ECE9A5A563}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -23067,51 +20909,51 @@
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:extLst>
     <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
         <p15:guide id="1" orient="horz" pos="2160" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="FBAE40"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="2" pos="3840" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="FBAE40"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout37.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout25.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Gallery 02">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="30" name="object 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F8A3C61E-F16A-DA4C-1484-C7ECE9A5A563}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -23599,51 +21441,51 @@
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Photo Credit: </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2086224683"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout38.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout26.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Gallery 03">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="object 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{683285E7-580D-481F-9E69-9B07D7743482}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -24109,51 +21951,51 @@
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <p:extLst>
     <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
         <p15:guide id="1" orient="horz" pos="2160" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="FBAE40"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="2" pos="3840" userDrawn="1">
           <p15:clr>
             <a:srgbClr val="FBAE40"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
   </p:extLst>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout39.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout27.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Gallery 04">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="object 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C69984F8-E61C-6543-43E4-8B2A69F3879A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -24746,2249 +22588,51 @@
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Photo Credit: </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4290069566"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
-[...2197 lines deleted...]
-<file path=ppt/slideLayouts/slideLayout40.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout28.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" preserve="1" userDrawn="1">
   <p:cSld name="Gallery 05">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="object 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C69984F8-E61C-6543-43E4-8B2A69F3879A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -27590,51 +23234,51 @@
               <a:lumMod val="95000"/>
             </a:schemeClr>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-GB"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1969717897"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout41.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout29.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" preserve="1" userDrawn="1">
   <p:cSld name="Final Slide">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Freeform 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0E807BD2-97E5-C5B5-B370-F5AF1F8A37FB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -28270,52 +23914,1194 @@
           </p:blipFill>
           <p:spPr>
             <a:xfrm>
               <a:off x="423792" y="9172027"/>
               <a:ext cx="1022236" cy="359380"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
           </p:spPr>
         </p:pic>
       </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3097068291"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout42.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slideLayouts/slideLayout3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" preserve="1" userDrawn="1">
+  <p:cSld name="Cover Slide ">
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="31" name="Freeform 30">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{28A51C95-9D83-623E-DEE4-83954D3B5AE2}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm flipH="1">
+            <a:off x="7210213" y="5165523"/>
+            <a:ext cx="4981787" cy="778675"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 4421111 w 4981787"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 778675"/>
+              <a:gd name="connsiteX1" fmla="*/ 3596277 w 4981787"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 778675"/>
+              <a:gd name="connsiteX2" fmla="*/ 0 w 4981787"/>
+              <a:gd name="connsiteY2" fmla="*/ 0 h 778675"/>
+              <a:gd name="connsiteX3" fmla="*/ 0 w 4981787"/>
+              <a:gd name="connsiteY3" fmla="*/ 778675 h 778675"/>
+              <a:gd name="connsiteX4" fmla="*/ 4156953 w 4981787"/>
+              <a:gd name="connsiteY4" fmla="*/ 778675 h 778675"/>
+              <a:gd name="connsiteX5" fmla="*/ 4981787 w 4981787"/>
+              <a:gd name="connsiteY5" fmla="*/ 778675 h 778675"/>
+              <a:gd name="connsiteX6" fmla="*/ 4981787 w 4981787"/>
+              <a:gd name="connsiteY6" fmla="*/ 421337 h 778675"/>
+              <a:gd name="connsiteX7" fmla="*/ 4421111 w 4981787"/>
+              <a:gd name="connsiteY7" fmla="*/ 0 h 778675"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX6" y="connsiteY6"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX7" y="connsiteY7"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="4981787" h="778675">
+                <a:moveTo>
+                  <a:pt x="4421111" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="3596277" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="778675"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="4156953" y="778675"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="4981787" y="778675"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="4981787" y="421337"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="4981787" y="189335"/>
+                  <a:pt x="4729839" y="0"/>
+                  <a:pt x="4421111" y="0"/>
+                </a:cubicBezTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:srgbClr val="FBA63B"/>
+          </a:solidFill>
+          <a:ln w="3598" cap="flat">
+            <a:noFill/>
+            <a:prstDash val="solid"/>
+            <a:miter/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" b="0" i="0" dirty="0">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="25" name="Freeform 24">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FB9E3E15-2522-D9C7-47C3-415B63464703}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="-39761" y="2405242"/>
+            <a:ext cx="6414658" cy="3336184"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 6414658"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 3336184"/>
+              <a:gd name="connsiteX1" fmla="*/ 4748066 w 6414658"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 3336184"/>
+              <a:gd name="connsiteX2" fmla="*/ 4748066 w 6414658"/>
+              <a:gd name="connsiteY2" fmla="*/ 79 h 3336184"/>
+              <a:gd name="connsiteX3" fmla="*/ 4917338 w 6414658"/>
+              <a:gd name="connsiteY3" fmla="*/ 8596 h 3336184"/>
+              <a:gd name="connsiteX4" fmla="*/ 6414658 w 6414658"/>
+              <a:gd name="connsiteY4" fmla="*/ 1668093 h 3336184"/>
+              <a:gd name="connsiteX5" fmla="*/ 4916764 w 6414658"/>
+              <a:gd name="connsiteY5" fmla="*/ 3327590 h 3336184"/>
+              <a:gd name="connsiteX6" fmla="*/ 4748066 w 6414658"/>
+              <a:gd name="connsiteY6" fmla="*/ 3336106 h 3336184"/>
+              <a:gd name="connsiteX7" fmla="*/ 4748066 w 6414658"/>
+              <a:gd name="connsiteY7" fmla="*/ 3336181 h 3336184"/>
+              <a:gd name="connsiteX8" fmla="*/ 4746579 w 6414658"/>
+              <a:gd name="connsiteY8" fmla="*/ 3336181 h 3336184"/>
+              <a:gd name="connsiteX9" fmla="*/ 4746519 w 6414658"/>
+              <a:gd name="connsiteY9" fmla="*/ 3336184 h 3336184"/>
+              <a:gd name="connsiteX10" fmla="*/ 4746437 w 6414658"/>
+              <a:gd name="connsiteY10" fmla="*/ 3336181 h 3336184"/>
+              <a:gd name="connsiteX11" fmla="*/ 4652490 w 6414658"/>
+              <a:gd name="connsiteY11" fmla="*/ 3336181 h 3336184"/>
+              <a:gd name="connsiteX12" fmla="*/ 4652490 w 6414658"/>
+              <a:gd name="connsiteY12" fmla="*/ 3336184 h 3336184"/>
+              <a:gd name="connsiteX13" fmla="*/ 2812197 w 6414658"/>
+              <a:gd name="connsiteY13" fmla="*/ 3336184 h 3336184"/>
+              <a:gd name="connsiteX14" fmla="*/ 2812197 w 6414658"/>
+              <a:gd name="connsiteY14" fmla="*/ 3336181 h 3336184"/>
+              <a:gd name="connsiteX15" fmla="*/ 0 w 6414658"/>
+              <a:gd name="connsiteY15" fmla="*/ 3336181 h 3336184"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX6" y="connsiteY6"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX7" y="connsiteY7"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX8" y="connsiteY8"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX9" y="connsiteY9"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX10" y="connsiteY10"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX11" y="connsiteY11"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX12" y="connsiteY12"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX13" y="connsiteY13"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX14" y="connsiteY14"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX15" y="connsiteY15"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="6414658" h="3336184">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="4748066" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="4748066" y="79"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="4917338" y="8596"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="5759641" y="93850"/>
+                  <a:pt x="6414658" y="802922"/>
+                  <a:pt x="6414658" y="1668093"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="6414658" y="2533262"/>
+                  <a:pt x="5756579" y="3242335"/>
+                  <a:pt x="4916764" y="3327590"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="4748066" y="3336106"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="4748066" y="3336181"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="4746579" y="3336181"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="4746519" y="3336184"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="4746437" y="3336181"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="4652490" y="3336181"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="4652490" y="3336184"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2812197" y="3336184"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2812197" y="3336181"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="3336181"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:srgbClr val="459597"/>
+          </a:solidFill>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent1">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0" anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="21" name="object 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4EB31FB1-367A-D7AC-046D-9AAC71D3B7CA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9232269" y="1076909"/>
+            <a:ext cx="2959731" cy="452459"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="10692130" h="1024890">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="10692003" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="10692003" y="1024801"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1024801"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="0"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:srgbClr val="EC7C69"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="459597"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="30" name="Freeform 29">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E7A73EEE-7365-180F-BE9D-B8FD2CAD094B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="19"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5957002" y="1303139"/>
+            <a:ext cx="6234998" cy="4198861"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 2122138 w 6234998"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 4198861"/>
+              <a:gd name="connsiteX1" fmla="*/ 2245434 w 6234998"/>
+              <a:gd name="connsiteY1" fmla="*/ 4566 h 4198861"/>
+              <a:gd name="connsiteX2" fmla="*/ 2245434 w 6234998"/>
+              <a:gd name="connsiteY2" fmla="*/ 0 h 4198861"/>
+              <a:gd name="connsiteX3" fmla="*/ 3128047 w 6234998"/>
+              <a:gd name="connsiteY3" fmla="*/ 0 h 4198861"/>
+              <a:gd name="connsiteX4" fmla="*/ 3238167 w 6234998"/>
+              <a:gd name="connsiteY4" fmla="*/ 0 h 4198861"/>
+              <a:gd name="connsiteX5" fmla="*/ 3275267 w 6234998"/>
+              <a:gd name="connsiteY5" fmla="*/ 0 h 4198861"/>
+              <a:gd name="connsiteX6" fmla="*/ 3275267 w 6234998"/>
+              <a:gd name="connsiteY6" fmla="*/ 226190 h 4198861"/>
+              <a:gd name="connsiteX7" fmla="*/ 6234963 w 6234998"/>
+              <a:gd name="connsiteY7" fmla="*/ 226190 h 4198861"/>
+              <a:gd name="connsiteX8" fmla="*/ 6234963 w 6234998"/>
+              <a:gd name="connsiteY8" fmla="*/ 0 h 4198861"/>
+              <a:gd name="connsiteX9" fmla="*/ 6234998 w 6234998"/>
+              <a:gd name="connsiteY9" fmla="*/ 0 h 4198861"/>
+              <a:gd name="connsiteX10" fmla="*/ 6234998 w 6234998"/>
+              <a:gd name="connsiteY10" fmla="*/ 3862384 h 4198861"/>
+              <a:gd name="connsiteX11" fmla="*/ 2638721 w 6234998"/>
+              <a:gd name="connsiteY11" fmla="*/ 3862384 h 4198861"/>
+              <a:gd name="connsiteX12" fmla="*/ 1813887 w 6234998"/>
+              <a:gd name="connsiteY12" fmla="*/ 3862384 h 4198861"/>
+              <a:gd name="connsiteX13" fmla="*/ 1297402 w 6234998"/>
+              <a:gd name="connsiteY13" fmla="*/ 4120011 h 4198861"/>
+              <a:gd name="connsiteX14" fmla="*/ 1264701 w 6234998"/>
+              <a:gd name="connsiteY14" fmla="*/ 4198861 h 4198861"/>
+              <a:gd name="connsiteX15" fmla="*/ 1078582 w 6234998"/>
+              <a:gd name="connsiteY15" fmla="*/ 4112121 h 4198861"/>
+              <a:gd name="connsiteX16" fmla="*/ 307781 w 6234998"/>
+              <a:gd name="connsiteY16" fmla="*/ 3412066 h 4198861"/>
+              <a:gd name="connsiteX17" fmla="*/ 296799 w 6234998"/>
+              <a:gd name="connsiteY17" fmla="*/ 3393965 h 4198861"/>
+              <a:gd name="connsiteX18" fmla="*/ 301948 w 6234998"/>
+              <a:gd name="connsiteY18" fmla="*/ 3382497 h 4198861"/>
+              <a:gd name="connsiteX19" fmla="*/ 417895 w 6234998"/>
+              <a:gd name="connsiteY19" fmla="*/ 2770196 h 4198861"/>
+              <a:gd name="connsiteX20" fmla="*/ 80940 w 6234998"/>
+              <a:gd name="connsiteY20" fmla="*/ 1763461 h 4198861"/>
+              <a:gd name="connsiteX21" fmla="*/ 0 w 6234998"/>
+              <a:gd name="connsiteY21" fmla="*/ 1665934 h 4198861"/>
+              <a:gd name="connsiteX22" fmla="*/ 33314 w 6234998"/>
+              <a:gd name="connsiteY22" fmla="*/ 1536503 h 4198861"/>
+              <a:gd name="connsiteX23" fmla="*/ 2122138 w 6234998"/>
+              <a:gd name="connsiteY23" fmla="*/ 0 h 4198861"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX6" y="connsiteY6"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX7" y="connsiteY7"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX8" y="connsiteY8"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX9" y="connsiteY9"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX10" y="connsiteY10"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX11" y="connsiteY11"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX12" y="connsiteY12"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX13" y="connsiteY13"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX14" y="connsiteY14"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX15" y="connsiteY15"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX16" y="connsiteY16"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX17" y="connsiteY17"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX18" y="connsiteY18"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX19" y="connsiteY19"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX20" y="connsiteY20"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX21" y="connsiteY21"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX22" y="connsiteY22"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX23" y="connsiteY23"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="6234998" h="4198861">
+                <a:moveTo>
+                  <a:pt x="2122138" y="0"/>
+                </a:moveTo>
+                <a:cubicBezTo>
+                  <a:pt x="2163235" y="0"/>
+                  <a:pt x="2208903" y="0"/>
+                  <a:pt x="2245434" y="4566"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="2245434" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3128047" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3238167" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3275267" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3275267" y="226190"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="6234963" y="226190"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="6234963" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="6234998" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="6234998" y="3862384"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2638721" y="3862384"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1813887" y="3862384"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="1582341" y="3862384"/>
+                  <a:pt x="1382734" y="3968885"/>
+                  <a:pt x="1297402" y="4120011"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1264701" y="4198861"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1078582" y="4112121"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="768617" y="3943931"/>
+                  <a:pt x="504112" y="3703006"/>
+                  <a:pt x="307781" y="3412066"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="296799" y="3393965"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="301948" y="3382497"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="376765" y="3193025"/>
+                  <a:pt x="417895" y="2986488"/>
+                  <a:pt x="417895" y="2770196"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="417895" y="2391684"/>
+                  <a:pt x="292521" y="2043050"/>
+                  <a:pt x="80940" y="1763461"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1665934"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="33314" y="1536503"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="310805" y="645283"/>
+                  <a:pt x="1142613" y="0"/>
+                  <a:pt x="2122138" y="0"/>
+                </a:cubicBezTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr>
+                <a:solidFill>
+                  <a:schemeClr val="bg1">
+                    <a:lumMod val="95000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="27" name="Text Placeholder 23">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{74D6682C-F555-E900-9A32-F2E1975ABE2D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="15" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="553654" y="4185564"/>
+            <a:ext cx="5089964" cy="697353"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:buNone/>
+              <a:defRPr sz="4800" b="1" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Epic Stays</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="28" name="Text Placeholder 23">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A30E17E1-7F76-F9B6-EF94-0CA7B47A4BEC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="16" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="553654" y="3562838"/>
+            <a:ext cx="5089964" cy="697353"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:buNone/>
+              <a:defRPr sz="3600" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Your guide to</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="10" name="Text Placeholder 23">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C18B7723-77FE-5BC3-BCDF-3133F9EBDD75}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="17" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7210213" y="5320492"/>
+            <a:ext cx="4981787" cy="679345"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr>
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="ctr">
+              <a:buNone/>
+              <a:defRPr sz="2800" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0" err="1"/>
+              <a:t>www.epicstays.eu</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Picture 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{552D84C8-F650-72DA-C963-282BFA2B990C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="989868" y="346930"/>
+            <a:ext cx="2882520" cy="1786177"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="12" name="Picture 11" descr="Co-funded by the European Union logo in png for web usage">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F38FA00A-5536-10FA-7E69-F7497EB7BDBB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="1845636" y="6345603"/>
+            <a:ext cx="1530819" cy="319792"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="14" name="Rectangle 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BC0EB9F1-D05A-E4B2-7B1D-EA4A4D249737}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3345743" y="6199117"/>
+            <a:ext cx="4292836" cy="553998"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="just">
+              <a:lnSpc>
+                <a:spcPts val="880"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>Funded by the European Union. Views and opinions expressed are however those of the author(s) only and do not necessarily reflect those of the European Union or the European Education and Culture Executive Agency (EACEA). Neither the European Union nor EACEA can be held responsible for them.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="15" name="Group 14">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E74111D7-91B3-9D15-09A8-B071A5C3D6AB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="441852" y="5906548"/>
+            <a:ext cx="1307461" cy="742180"/>
+            <a:chOff x="340586" y="8789227"/>
+            <a:chExt cx="1307461" cy="742180"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="16" name="Rectangle 15">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{11058133-DBC5-ACCD-E759-4C543DC4BECF}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr userDrawn="1"/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="340586" y="8789227"/>
+              <a:ext cx="1307461" cy="369332"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square" anchor="ctr">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="just"/>
+              <a:r>
+                <a:rPr lang="en-US" sz="900" b="1" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="+mj-lt"/>
+                </a:rPr>
+                <a:t>EPIC STAYS is licensed </a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr algn="just"/>
+              <a:r>
+                <a:rPr lang="en-US" sz="900" b="1" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="+mj-lt"/>
+                </a:rPr>
+                <a:t>under </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="900" b="1" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="459597"/>
+                  </a:solidFill>
+                  <a:latin typeface="+mj-lt"/>
+                  <a:hlinkClick r:id="rId4">
+                    <a:extLst>
+                      <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                        <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:hlinkClick>
+                </a:rPr>
+                <a:t>CC BY-SA 4.0</a:t>
+              </a:r>
+              <a:endParaRPr lang="en-US" sz="900" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="50000"/>
+                    <a:lumOff val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:pic>
+          <p:nvPicPr>
+            <p:cNvPr id="17" name="Picture 16">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A323537A-72A2-78E1-E9E4-2D49E776E4A5}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvPicPr>
+              <a:picLocks noChangeAspect="1"/>
+            </p:cNvPicPr>
+            <p:nvPr userDrawn="1"/>
+          </p:nvPicPr>
+          <p:blipFill>
+            <a:blip r:embed="rId5">
+              <a:extLst>
+                <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                </a:ext>
+              </a:extLst>
+            </a:blip>
+            <a:stretch>
+              <a:fillRect/>
+            </a:stretch>
+          </p:blipFill>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="423792" y="9172027"/>
+              <a:ext cx="1022236" cy="359380"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+          </p:spPr>
+        </p:pic>
+      </p:grpSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="19" name="Text Placeholder 23">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{29538861-2B30-B1F1-C558-F20C42AC0A91}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="65" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="9238279" y="1076910"/>
+            <a:ext cx="2953721" cy="452458"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="1000" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Photo Credit: </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4220865040"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="2160" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="2" pos="3840" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
+</p:sldLayout>
+</file>
+
+<file path=ppt/slideLayouts/slideLayout30.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" userDrawn="1">
   <p:cSld name="3_Overview/Content Slide">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="57" name="Text Placeholder 17">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5B8B8C6B-787B-1A48-8968-72E4EBFEE15C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
@@ -28447,431 +25233,2255 @@
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Project Overview</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3885723864"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2266171998"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
-<file path=ppt/slideLayouts/slideLayout43.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <p:cSld name="11_Text 01">
+<file path=ppt/slideLayouts/slideLayout4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" preserve="1" userDrawn="1">
+  <p:cSld name="Contents Slide 01">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="3" name="Rectangle 2">
+          <p:cNvPr id="44" name="Freeform 43">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FA8784FC-5CB3-4F45-814E-B7B4448C237E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7263AFD7-3BAB-8E0E-41DF-51372F40E69A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="0"/>
-            <a:ext cx="12192000" cy="6858000"/>
+            <a:off x="6929984" y="2534422"/>
+            <a:ext cx="2651694" cy="4019901"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
+          <a:custGeom>
             <a:avLst/>
-          </a:prstGeom>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 1511252"/>
+              <a:gd name="connsiteY0" fmla="*/ 1887839 h 2643289"/>
+              <a:gd name="connsiteX1" fmla="*/ 755626 w 1511252"/>
+              <a:gd name="connsiteY1" fmla="*/ 2643290 h 2643289"/>
+              <a:gd name="connsiteX2" fmla="*/ 1511252 w 1511252"/>
+              <a:gd name="connsiteY2" fmla="*/ 1887839 h 2643289"/>
+              <a:gd name="connsiteX3" fmla="*/ 1509675 w 1511252"/>
+              <a:gd name="connsiteY3" fmla="*/ 1845256 h 2643289"/>
+              <a:gd name="connsiteX4" fmla="*/ 1511252 w 1511252"/>
+              <a:gd name="connsiteY4" fmla="*/ 1845256 h 2643289"/>
+              <a:gd name="connsiteX5" fmla="*/ 1511252 w 1511252"/>
+              <a:gd name="connsiteY5" fmla="*/ 0 h 2643289"/>
+              <a:gd name="connsiteX6" fmla="*/ 0 w 1511252"/>
+              <a:gd name="connsiteY6" fmla="*/ 0 h 2643289"/>
+              <a:gd name="connsiteX7" fmla="*/ 0 w 1511252"/>
+              <a:gd name="connsiteY7" fmla="*/ 1845256 h 2643289"/>
+              <a:gd name="connsiteX8" fmla="*/ 1577 w 1511252"/>
+              <a:gd name="connsiteY8" fmla="*/ 1845256 h 2643289"/>
+              <a:gd name="connsiteX9" fmla="*/ 0 w 1511252"/>
+              <a:gd name="connsiteY9" fmla="*/ 1887839 h 2643289"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX6" y="connsiteY6"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX7" y="connsiteY7"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX8" y="connsiteY8"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX9" y="connsiteY9"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="1511252" h="2643289">
+                <a:moveTo>
+                  <a:pt x="0" y="1887839"/>
+                </a:moveTo>
+                <a:cubicBezTo>
+                  <a:pt x="0" y="2304204"/>
+                  <a:pt x="337587" y="2643290"/>
+                  <a:pt x="755626" y="2643290"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1173666" y="2643290"/>
+                  <a:pt x="1511252" y="2305782"/>
+                  <a:pt x="1511252" y="1887839"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1511252" y="1873645"/>
+                  <a:pt x="1511252" y="1859450"/>
+                  <a:pt x="1509675" y="1845256"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1511252" y="1845256"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1511252" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1845256"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1577" y="1845256"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="0" y="1857873"/>
+                  <a:pt x="0" y="1873645"/>
+                  <a:pt x="0" y="1887839"/>
+                </a:cubicBezTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
           <a:solidFill>
-            <a:srgbClr val="459597"/>
+            <a:srgbClr val="FBA63B"/>
           </a:solidFill>
-          <a:ln>
+          <a:ln w="15768" cap="flat">
             <a:noFill/>
+            <a:prstDash val="solid"/>
+            <a:miter/>
           </a:ln>
         </p:spPr>
-        <p:style>
-[...14 lines deleted...]
-        </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="10" name="Freeform 9">
+          <p:cNvPr id="32" name="Freeform 31">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{87256701-4367-4B43-AA8D-2E63BFA44D44}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EDA3A190-F984-7B05-2392-6EE8C339C1FE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
-          <a:xfrm rot="5400000" flipH="1">
-[...1 lines deleted...]
-            <a:ext cx="5949081" cy="11578483"/>
+          <a:xfrm rot="10800000">
+            <a:off x="3729613" y="342496"/>
+            <a:ext cx="2651694" cy="4019901"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst>
-              <a:gd name="connsiteX0" fmla="*/ 6146707 w 6146707"/>
-[...18 lines deleted...]
-              <a:gd name="connsiteY9" fmla="*/ 11578483 h 11578483"/>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 1511252"/>
+              <a:gd name="connsiteY0" fmla="*/ 1887839 h 2643289"/>
+              <a:gd name="connsiteX1" fmla="*/ 755626 w 1511252"/>
+              <a:gd name="connsiteY1" fmla="*/ 2643290 h 2643289"/>
+              <a:gd name="connsiteX2" fmla="*/ 1511252 w 1511252"/>
+              <a:gd name="connsiteY2" fmla="*/ 1887839 h 2643289"/>
+              <a:gd name="connsiteX3" fmla="*/ 1509675 w 1511252"/>
+              <a:gd name="connsiteY3" fmla="*/ 1845256 h 2643289"/>
+              <a:gd name="connsiteX4" fmla="*/ 1511252 w 1511252"/>
+              <a:gd name="connsiteY4" fmla="*/ 1845256 h 2643289"/>
+              <a:gd name="connsiteX5" fmla="*/ 1511252 w 1511252"/>
+              <a:gd name="connsiteY5" fmla="*/ 0 h 2643289"/>
+              <a:gd name="connsiteX6" fmla="*/ 0 w 1511252"/>
+              <a:gd name="connsiteY6" fmla="*/ 0 h 2643289"/>
+              <a:gd name="connsiteX7" fmla="*/ 0 w 1511252"/>
+              <a:gd name="connsiteY7" fmla="*/ 1845256 h 2643289"/>
+              <a:gd name="connsiteX8" fmla="*/ 1577 w 1511252"/>
+              <a:gd name="connsiteY8" fmla="*/ 1845256 h 2643289"/>
+              <a:gd name="connsiteX9" fmla="*/ 0 w 1511252"/>
+              <a:gd name="connsiteY9" fmla="*/ 1887839 h 2643289"/>
             </a:gdLst>
             <a:ahLst/>
             <a:cxnLst>
               <a:cxn ang="0">
                 <a:pos x="connsiteX0" y="connsiteY0"/>
               </a:cxn>
               <a:cxn ang="0">
                 <a:pos x="connsiteX1" y="connsiteY1"/>
               </a:cxn>
               <a:cxn ang="0">
                 <a:pos x="connsiteX2" y="connsiteY2"/>
               </a:cxn>
               <a:cxn ang="0">
                 <a:pos x="connsiteX3" y="connsiteY3"/>
               </a:cxn>
               <a:cxn ang="0">
                 <a:pos x="connsiteX4" y="connsiteY4"/>
               </a:cxn>
               <a:cxn ang="0">
                 <a:pos x="connsiteX5" y="connsiteY5"/>
               </a:cxn>
               <a:cxn ang="0">
                 <a:pos x="connsiteX6" y="connsiteY6"/>
               </a:cxn>
               <a:cxn ang="0">
                 <a:pos x="connsiteX7" y="connsiteY7"/>
               </a:cxn>
               <a:cxn ang="0">
                 <a:pos x="connsiteX8" y="connsiteY8"/>
               </a:cxn>
               <a:cxn ang="0">
                 <a:pos x="connsiteX9" y="connsiteY9"/>
               </a:cxn>
             </a:cxnLst>
             <a:rect l="l" t="t" r="r" b="b"/>
             <a:pathLst>
-              <a:path w="6146707" h="11578483">
+              <a:path w="1511252" h="2643289">
                 <a:moveTo>
-                  <a:pt x="6146707" y="11578483"/>
+                  <a:pt x="0" y="1887839"/>
                 </a:moveTo>
-                <a:lnTo>
-[...7 lines deleted...]
-                </a:lnTo>
                 <a:cubicBezTo>
-                  <a:pt x="6146707" y="331141"/>
-[...1 lines deleted...]
-                  <a:pt x="5474996" y="0"/>
+                  <a:pt x="0" y="2304204"/>
+                  <a:pt x="337587" y="2643290"/>
+                  <a:pt x="755626" y="2643290"/>
                 </a:cubicBezTo>
-                <a:lnTo>
-[...10 lines deleted...]
-                </a:lnTo>
                 <a:cubicBezTo>
-                  <a:pt x="1" y="10879680"/>
-[...1 lines deleted...]
-                  <a:pt x="1409493" y="11578483"/>
+                  <a:pt x="1173666" y="2643290"/>
+                  <a:pt x="1511252" y="2305782"/>
+                  <a:pt x="1511252" y="1887839"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1511252" y="1873645"/>
+                  <a:pt x="1511252" y="1859450"/>
+                  <a:pt x="1509675" y="1845256"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1511252" y="1845256"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1511252" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1845256"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1577" y="1845256"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="0" y="1857873"/>
+                  <a:pt x="0" y="1873645"/>
+                  <a:pt x="0" y="1887839"/>
                 </a:cubicBezTo>
                 <a:close/>
               </a:path>
             </a:pathLst>
           </a:custGeom>
           <a:solidFill>
-            <a:schemeClr val="bg1"/>
+            <a:srgbClr val="459597"/>
           </a:solidFill>
-          <a:ln w="24491" cap="flat">
+          <a:ln w="15768" cap="flat">
             <a:noFill/>
             <a:prstDash val="solid"/>
             <a:miter/>
           </a:ln>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr wrap="square" rtlCol="0" anchor="ctr">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="14" name="Text Placeholder 17">
+          <p:cNvPr id="28" name="object 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D8308B6F-0CE7-734D-BF98-9CFA2CF6AC8A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DE86D902-E7B4-FF83-527C-1268935F12B0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="16200000">
+            <a:off x="1703146" y="1262726"/>
+            <a:ext cx="2977922" cy="452459"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="10692130" h="1024890">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="10692003" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="10692003" y="1024801"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1024801"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="0"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:srgbClr val="EC7C69"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Freeform 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{579DE3B8-3F5E-FF57-8203-9E6B4768F77A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="543033" y="2521170"/>
+            <a:ext cx="2651694" cy="4019901"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 1511252"/>
+              <a:gd name="connsiteY0" fmla="*/ 1887839 h 2643289"/>
+              <a:gd name="connsiteX1" fmla="*/ 755626 w 1511252"/>
+              <a:gd name="connsiteY1" fmla="*/ 2643290 h 2643289"/>
+              <a:gd name="connsiteX2" fmla="*/ 1511252 w 1511252"/>
+              <a:gd name="connsiteY2" fmla="*/ 1887839 h 2643289"/>
+              <a:gd name="connsiteX3" fmla="*/ 1509675 w 1511252"/>
+              <a:gd name="connsiteY3" fmla="*/ 1845256 h 2643289"/>
+              <a:gd name="connsiteX4" fmla="*/ 1511252 w 1511252"/>
+              <a:gd name="connsiteY4" fmla="*/ 1845256 h 2643289"/>
+              <a:gd name="connsiteX5" fmla="*/ 1511252 w 1511252"/>
+              <a:gd name="connsiteY5" fmla="*/ 0 h 2643289"/>
+              <a:gd name="connsiteX6" fmla="*/ 0 w 1511252"/>
+              <a:gd name="connsiteY6" fmla="*/ 0 h 2643289"/>
+              <a:gd name="connsiteX7" fmla="*/ 0 w 1511252"/>
+              <a:gd name="connsiteY7" fmla="*/ 1845256 h 2643289"/>
+              <a:gd name="connsiteX8" fmla="*/ 1577 w 1511252"/>
+              <a:gd name="connsiteY8" fmla="*/ 1845256 h 2643289"/>
+              <a:gd name="connsiteX9" fmla="*/ 0 w 1511252"/>
+              <a:gd name="connsiteY9" fmla="*/ 1887839 h 2643289"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX6" y="connsiteY6"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX7" y="connsiteY7"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX8" y="connsiteY8"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX9" y="connsiteY9"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="1511252" h="2643289">
+                <a:moveTo>
+                  <a:pt x="0" y="1887839"/>
+                </a:moveTo>
+                <a:cubicBezTo>
+                  <a:pt x="0" y="2304204"/>
+                  <a:pt x="337587" y="2643290"/>
+                  <a:pt x="755626" y="2643290"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1173666" y="2643290"/>
+                  <a:pt x="1511252" y="2305782"/>
+                  <a:pt x="1511252" y="1887839"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1511252" y="1873645"/>
+                  <a:pt x="1511252" y="1859450"/>
+                  <a:pt x="1509675" y="1845256"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="1511252" y="1845256"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1511252" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1845256"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="1577" y="1845256"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="0" y="1857873"/>
+                  <a:pt x="0" y="1873645"/>
+                  <a:pt x="0" y="1887839"/>
+                </a:cubicBezTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:srgbClr val="EC7C69"/>
+          </a:solidFill>
+          <a:ln w="15768" cap="flat">
+            <a:noFill/>
+            <a:prstDash val="solid"/>
+            <a:miter/>
+          </a:ln>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Text Placeholder 32">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{956BFD1E-3718-630F-9C42-C9649D9936F9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="18" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="798380" y="2045704"/>
-            <a:ext cx="10595237" cy="3849918"/>
+            <a:off x="558534" y="4243251"/>
+            <a:ext cx="2636194" cy="1399756"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr/>
+          <a:bodyPr anchor="t">
+            <a:noAutofit/>
+          </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPts val="1220"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
               <a:buNone/>
-              <a:defRPr lang="en-US" sz="2200" b="0" i="0" kern="1200" spc="0" dirty="0">
-[...5 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
+              <a:defRPr sz="1200" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Open Sans" panose="020B0606030504020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
-            <a:lvl2pPr>
+            <a:lvl2pPr marL="377967" indent="0">
               <a:buNone/>
-              <a:defRPr sz="2000" b="0" i="0" spc="300">
-[...3 lines deleted...]
-                <a:latin typeface="Montserrat Light" pitchFamily="2" charset="77"/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
               </a:defRPr>
             </a:lvl2pPr>
-            <a:lvl3pPr>
+            <a:lvl3pPr marL="755934" indent="0">
               <a:buNone/>
-              <a:defRPr sz="2000" b="0" i="0" spc="300">
-[...3 lines deleted...]
-                <a:latin typeface="Montserrat Light" pitchFamily="2" charset="77"/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
               </a:defRPr>
             </a:lvl3pPr>
-            <a:lvl4pPr>
+            <a:lvl4pPr marL="1133901" indent="0">
               <a:buNone/>
-              <a:defRPr sz="2000" b="0" i="0" spc="300">
-[...3 lines deleted...]
-                <a:latin typeface="Montserrat Light" pitchFamily="2" charset="77"/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
               </a:defRPr>
             </a:lvl4pPr>
-            <a:lvl5pPr>
+            <a:lvl5pPr marL="1511869" indent="0">
               <a:buNone/>
-              <a:defRPr sz="2000" b="0" i="0" spc="300">
-[...3 lines deleted...]
-                <a:latin typeface="Montserrat Light" pitchFamily="2" charset="77"/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
               </a:defRPr>
             </a:lvl5pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Title</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Text Placeholder 32">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{49B6294C-EC15-36C2-74CE-695F5668E6A3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="19" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="571972" y="3674563"/>
+            <a:ext cx="647999" cy="385564"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
-              <a:spcAft>
-[...2 lines deleted...]
-              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
-            </a:pPr>
+              <a:defRPr sz="3000" b="1" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Open Sans" panose="020B0606030504020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="377967" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="755934" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1133901" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1511869" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-GB" dirty="0"/>
-              <a:t>Click to type…</a:t>
+              <a:t>01</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="15" name="Text Placeholder 23">
+          <p:cNvPr id="9" name="Text Placeholder 32">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{786512C5-08D4-B441-AF5E-5458E427934D}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5D6EE418-B1D3-0556-EDEE-628FB5891AE0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="body" sz="quarter" idx="16" hasCustomPrompt="1"/>
+            <p:ph type="body" sz="quarter" idx="20" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="798381" y="761603"/>
-            <a:ext cx="10595237" cy="803654"/>
+            <a:off x="1219971" y="3837402"/>
+            <a:ext cx="828994" cy="243728"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr>
+          <a:bodyPr anchor="t">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPts val="1220"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Open Sans" panose="020B0606030504020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="377967" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="755934" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1133901" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1511869" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Page 0</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="10" name="Straight Connector 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2A5E65B9-B032-EF49-8461-BFA65C53002D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm flipV="1">
+            <a:off x="543032" y="4140316"/>
+            <a:ext cx="2649075" cy="10082"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="bg1"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="27" name="Freeform 26">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{071122C1-0DBA-21F0-E9AF-2E8EF0078FB4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="67"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="540029" y="0"/>
+            <a:ext cx="2654458" cy="3351213"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 2654458"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 3351213"/>
+              <a:gd name="connsiteX1" fmla="*/ 2654458 w 2654458"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 3351213"/>
+              <a:gd name="connsiteX2" fmla="*/ 2654458 w 2654458"/>
+              <a:gd name="connsiteY2" fmla="*/ 30 h 3351213"/>
+              <a:gd name="connsiteX3" fmla="*/ 2425849 w 2654458"/>
+              <a:gd name="connsiteY3" fmla="*/ 30 h 3351213"/>
+              <a:gd name="connsiteX4" fmla="*/ 2425849 w 2654458"/>
+              <a:gd name="connsiteY4" fmla="*/ 2977917 h 3351213"/>
+              <a:gd name="connsiteX5" fmla="*/ 2654458 w 2654458"/>
+              <a:gd name="connsiteY5" fmla="*/ 2977917 h 3351213"/>
+              <a:gd name="connsiteX6" fmla="*/ 2654458 w 2654458"/>
+              <a:gd name="connsiteY6" fmla="*/ 3351213 h 3351213"/>
+              <a:gd name="connsiteX7" fmla="*/ 0 w 2654458"/>
+              <a:gd name="connsiteY7" fmla="*/ 3351213 h 3351213"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX6" y="connsiteY6"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX7" y="connsiteY7"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="2654458" h="3351213">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="2654458" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2654458" y="30"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2425849" y="30"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2425849" y="2977917"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2654458" y="2977917"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2654458" y="3351213"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="3351213"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="23" name="Text Placeholder 23">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C1478FC6-3221-D38D-4BFA-101F85A70602}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="66" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="16200000">
+            <a:off x="1718251" y="1271823"/>
+            <a:ext cx="2953721" cy="452458"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
               <a:buNone/>
-              <a:defRPr lang="en-US" sz="2800" b="1" i="0" kern="1200" dirty="0">
-[...5 lines deleted...]
-                <a:cs typeface="+mn-cs"/>
+              <a:defRPr sz="1000" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
-            <a:pPr marL="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-[...8 lines deleted...]
-            </a:pPr>
+            <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
-              <a:t>Heading</a:t>
+              <a:t>Photo Credit: </a:t>
             </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="29" name="object 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F76A21AE-2578-2444-0FF1-A5BC33671349}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="16200000">
+            <a:off x="4891348" y="4769513"/>
+            <a:ext cx="2977922" cy="452459"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="10692130" h="1024890">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="10692003" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="10692003" y="1024801"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1024801"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="0"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:srgbClr val="EC7C69"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="30" name="Freeform 29">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{321E9D60-3805-0000-1904-0B2C7E3B1550}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="69"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3728231" y="3506787"/>
+            <a:ext cx="2654458" cy="3351213"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 2654458"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 3351213"/>
+              <a:gd name="connsiteX1" fmla="*/ 2654458 w 2654458"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 3351213"/>
+              <a:gd name="connsiteX2" fmla="*/ 2654458 w 2654458"/>
+              <a:gd name="connsiteY2" fmla="*/ 30 h 3351213"/>
+              <a:gd name="connsiteX3" fmla="*/ 2425849 w 2654458"/>
+              <a:gd name="connsiteY3" fmla="*/ 30 h 3351213"/>
+              <a:gd name="connsiteX4" fmla="*/ 2425849 w 2654458"/>
+              <a:gd name="connsiteY4" fmla="*/ 2977917 h 3351213"/>
+              <a:gd name="connsiteX5" fmla="*/ 2654458 w 2654458"/>
+              <a:gd name="connsiteY5" fmla="*/ 2977917 h 3351213"/>
+              <a:gd name="connsiteX6" fmla="*/ 2654458 w 2654458"/>
+              <a:gd name="connsiteY6" fmla="*/ 3351213 h 3351213"/>
+              <a:gd name="connsiteX7" fmla="*/ 0 w 2654458"/>
+              <a:gd name="connsiteY7" fmla="*/ 3351213 h 3351213"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX6" y="connsiteY6"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX7" y="connsiteY7"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="2654458" h="3351213">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="2654458" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2654458" y="30"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2425849" y="30"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2425849" y="2977917"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2654458" y="2977917"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2654458" y="3351213"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="3351213"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="31" name="Text Placeholder 23">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FE9E71F1-AFF5-4371-3E21-CA16DF81BAB3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="70" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="16200000">
+            <a:off x="4906453" y="4778610"/>
+            <a:ext cx="2953721" cy="452458"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="1000" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Photo Credit: </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="34" name="Text Placeholder 32">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{594BAFA5-AC5D-D483-97BD-694FF4215BCB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="71" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3739878" y="1867633"/>
+            <a:ext cx="2636194" cy="1399756"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPts val="1220"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Open Sans" panose="020B0606030504020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="377967" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="755934" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1133901" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1511869" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Title</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="36" name="Text Placeholder 32">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A354B995-A8AC-DDA0-B372-E8EA021210F6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="72" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3753316" y="1298945"/>
+            <a:ext cx="647999" cy="385564"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="3000" b="1" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Open Sans" panose="020B0606030504020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="377967" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="755934" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1133901" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1511869" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0"/>
+              <a:t>02</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="40" name="Text Placeholder 32">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0728D1F7-D9FD-69F6-1C0B-77B8401340A3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="73" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="4401315" y="1461784"/>
+            <a:ext cx="828994" cy="243728"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPts val="1220"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Open Sans" panose="020B0606030504020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="377967" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="755934" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1133901" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1511869" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Page 0</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="41" name="Straight Connector 40">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{91D6FE6B-A426-4D0D-01A3-BBD13DABA2A1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm flipV="1">
+            <a:off x="3724376" y="1764698"/>
+            <a:ext cx="2649075" cy="10082"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="bg1"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="43" name="object 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{188025B6-A722-4EA8-AE0E-2CF7CA414D65}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr userDrawn="1"/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="16200000">
+            <a:off x="8090097" y="1262726"/>
+            <a:ext cx="2977922" cy="452459"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst/>
+            <a:ahLst/>
+            <a:cxnLst/>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="10692130" h="1024890">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="10692003" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="10692003" y="1024801"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="1024801"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="0"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:srgbClr val="EC7C69"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="45" name="Text Placeholder 32">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9198FEE8-44BD-0E36-3CE0-94BE53BC2BDA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="74" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6945485" y="4256503"/>
+            <a:ext cx="2636194" cy="1399756"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPts val="1220"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Open Sans" panose="020B0606030504020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="377967" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="755934" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1133901" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1511869" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Title</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="46" name="Text Placeholder 32">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4AE00B4D-D121-2B75-3B44-FDE3DFE8E00D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="75" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6958923" y="3687815"/>
+            <a:ext cx="647999" cy="385564"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="3000" b="1" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Open Sans" panose="020B0606030504020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="377967" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="755934" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1133901" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1511869" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0"/>
+              <a:t>03</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="54" name="Text Placeholder 32">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{992D58FF-0AA7-C6FB-F16A-3AEEEBBAFC18}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="76" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7606922" y="3850654"/>
+            <a:ext cx="828994" cy="243728"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPts val="1220"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="1200" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Open Sans" panose="020B0606030504020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="377967" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="755934" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1133901" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1511869" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Page 0</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="55" name="Straight Connector 54">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{05A7438C-23BE-5C91-3161-445555F79406}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm flipV="1">
+            <a:off x="6929983" y="4153568"/>
+            <a:ext cx="2649075" cy="10082"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="bg1"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="56" name="Freeform 55">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BDA15F7A-A7A8-9191-1E86-0531DAF210A5}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="77"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6926980" y="0"/>
+            <a:ext cx="2654458" cy="3351213"/>
+          </a:xfrm>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 0 w 2654458"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 3351213"/>
+              <a:gd name="connsiteX1" fmla="*/ 2654458 w 2654458"/>
+              <a:gd name="connsiteY1" fmla="*/ 0 h 3351213"/>
+              <a:gd name="connsiteX2" fmla="*/ 2654458 w 2654458"/>
+              <a:gd name="connsiteY2" fmla="*/ 30 h 3351213"/>
+              <a:gd name="connsiteX3" fmla="*/ 2425849 w 2654458"/>
+              <a:gd name="connsiteY3" fmla="*/ 30 h 3351213"/>
+              <a:gd name="connsiteX4" fmla="*/ 2425849 w 2654458"/>
+              <a:gd name="connsiteY4" fmla="*/ 2977917 h 3351213"/>
+              <a:gd name="connsiteX5" fmla="*/ 2654458 w 2654458"/>
+              <a:gd name="connsiteY5" fmla="*/ 2977917 h 3351213"/>
+              <a:gd name="connsiteX6" fmla="*/ 2654458 w 2654458"/>
+              <a:gd name="connsiteY6" fmla="*/ 3351213 h 3351213"/>
+              <a:gd name="connsiteX7" fmla="*/ 0 w 2654458"/>
+              <a:gd name="connsiteY7" fmla="*/ 3351213 h 3351213"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX6" y="connsiteY6"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX7" y="connsiteY7"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="2654458" h="3351213">
+                <a:moveTo>
+                  <a:pt x="0" y="0"/>
+                </a:moveTo>
+                <a:lnTo>
+                  <a:pt x="2654458" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2654458" y="30"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2425849" y="30"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2425849" y="2977917"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2654458" y="2977917"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2654458" y="3351213"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="0" y="3351213"/>
+                </a:lnTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:schemeClr val="bg1">
+              <a:lumMod val="95000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-GB"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="57" name="Text Placeholder 23">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{03FEF671-AD38-449A-7146-320D75633A36}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="78" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="16200000">
+            <a:off x="8105202" y="1271823"/>
+            <a:ext cx="2953721" cy="452458"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="ctr">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="l">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="1000" b="0" i="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Photo Credit: </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="73" name="Text Placeholder 32">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{445291E5-E8FB-06B9-3A8F-F924A72BC11E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="42" hasCustomPrompt="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm rot="16200000">
+            <a:off x="8040727" y="2764577"/>
+            <a:ext cx="6351996" cy="822843"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr anchor="t">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle>
+            <a:lvl1pPr marL="0" indent="0" algn="r">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+              <a:defRPr sz="2600" b="1" i="0" kern="1700" spc="4000" baseline="0">
+                <a:solidFill>
+                  <a:srgbClr val="459597"/>
+                </a:solidFill>
+                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Open Sans" panose="020B0606030504020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="377967" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="755934" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1133901" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="1511869" indent="0">
+              <a:buNone/>
+              <a:defRPr sz="3200">
+                <a:solidFill>
+                  <a:srgbClr val="011E3B"/>
+                </a:solidFill>
+                <a:latin typeface="Montserrat" pitchFamily="2" charset="77"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0"/>
+            <a:r>
+              <a:rPr lang="en-GB" dirty="0"/>
+              <a:t>CONTENTS</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2715232703"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1930813803"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
+  <p:extLst>
+    <p:ext uri="{DCECCB84-F9BA-43D5-87BE-67443E8EF086}">
+      <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
+        <p15:guide id="1" orient="horz" pos="2160" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+        <p15:guide id="2" pos="3840" userDrawn="1">
+          <p15:clr>
+            <a:srgbClr val="FBAE40"/>
+          </p15:clr>
+        </p15:guide>
+      </p15:sldGuideLst>
+    </p:ext>
+  </p:extLst>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideLayouts/slideLayout5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldLayout xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" showMasterSp="0" preserve="1" userDrawn="1">
   <p:cSld name="Contents Slide 02">
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Freeform 10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
@@ -33242,52 +31852,52 @@
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="19" name="Freeform 18">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CC4BD56C-7F96-4A48-AB8B-634DA34C1622}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="113547" y="78077"/>
-            <a:ext cx="6549337" cy="6677827"/>
+            <a:off x="477385" y="748833"/>
+            <a:ext cx="6185499" cy="5441932"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst>
               <a:gd name="connsiteX0" fmla="*/ 1180419 w 1180419"/>
               <a:gd name="connsiteY0" fmla="*/ 1059840 h 1059839"/>
               <a:gd name="connsiteX1" fmla="*/ 301407 w 1180419"/>
               <a:gd name="connsiteY1" fmla="*/ 1059840 h 1059839"/>
               <a:gd name="connsiteX2" fmla="*/ 0 w 1180419"/>
               <a:gd name="connsiteY2" fmla="*/ 758520 h 1059839"/>
               <a:gd name="connsiteX3" fmla="*/ 0 w 1180419"/>
               <a:gd name="connsiteY3" fmla="*/ 0 h 1059839"/>
               <a:gd name="connsiteX4" fmla="*/ 975160 w 1180419"/>
               <a:gd name="connsiteY4" fmla="*/ 0 h 1059839"/>
               <a:gd name="connsiteX5" fmla="*/ 1180419 w 1180419"/>
               <a:gd name="connsiteY5" fmla="*/ 205200 h 1059839"/>
               <a:gd name="connsiteX6" fmla="*/ 1180419 w 1180419"/>
               <a:gd name="connsiteY6" fmla="*/ 1059840 h 1059839"/>
             </a:gdLst>
             <a:ahLst/>
             <a:cxnLst>
               <a:cxn ang="0">
                 <a:pos x="connsiteX0" y="connsiteY0"/>
               </a:cxn>
               <a:cxn ang="0">
@@ -33353,51 +31963,51 @@
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="en-US" b="0" i="0" dirty="0">
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="29" name="Freeform 28">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7FF3A346-0A8B-C042-A53A-1E67C60EDC20}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr userDrawn="1"/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="-15514" y="268990"/>
-            <a:ext cx="5828411" cy="875479"/>
+            <a:ext cx="4963395" cy="875479"/>
           </a:xfrm>
           <a:custGeom>
             <a:avLst/>
             <a:gdLst>
               <a:gd name="connsiteX0" fmla="*/ 0 w 4963395"/>
               <a:gd name="connsiteY0" fmla="*/ 0 h 875479"/>
               <a:gd name="connsiteX1" fmla="*/ 4489787 w 4963395"/>
               <a:gd name="connsiteY1" fmla="*/ 0 h 875479"/>
               <a:gd name="connsiteX2" fmla="*/ 4963395 w 4963395"/>
               <a:gd name="connsiteY2" fmla="*/ 473717 h 875479"/>
               <a:gd name="connsiteX3" fmla="*/ 4963395 w 4963395"/>
               <a:gd name="connsiteY3" fmla="*/ 875479 h 875479"/>
               <a:gd name="connsiteX4" fmla="*/ 15515 w 4963395"/>
               <a:gd name="connsiteY4" fmla="*/ 875479 h 875479"/>
               <a:gd name="connsiteX5" fmla="*/ 15515 w 4963395"/>
               <a:gd name="connsiteY5" fmla="*/ 174171 h 875479"/>
               <a:gd name="connsiteX6" fmla="*/ 10055 w 4963395"/>
               <a:gd name="connsiteY6" fmla="*/ 65941 h 875479"/>
               <a:gd name="connsiteX7" fmla="*/ 0 w 4963395"/>
               <a:gd name="connsiteY7" fmla="*/ 0 h 875479"/>
             </a:gdLst>
             <a:ahLst/>
             <a:cxnLst>
               <a:cxn ang="0">
                 <a:pos x="connsiteX0" y="connsiteY0"/>
@@ -33476,51 +32086,51 @@
           <a:p>
             <a:endParaRPr lang="en-US" b="0" i="0" dirty="0">
               <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="27" name="Text Placeholder 25">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B6FBFE60-B12C-7249-80E7-36657FB982C5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="15" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5812897" y="799709"/>
+            <a:off x="5862882" y="1337990"/>
             <a:ext cx="700387" cy="689518"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
               <a:defRPr sz="3200" b="0" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:defRPr>
@@ -33563,51 +32173,51 @@
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>01</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="28" name="Text Placeholder 25">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AD37810F-17D1-864F-A250-E42663BBD06E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="14" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6648193" y="799709"/>
+            <a:off x="6698178" y="1337990"/>
             <a:ext cx="4608000" cy="689519"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
               <a:defRPr sz="2400" baseline="0">
                 <a:solidFill>
                   <a:srgbClr val="459597"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
@@ -33740,51 +32350,51 @@
               <a:rPr lang="en-GB" dirty="0"/>
               <a:t>Sub-heading</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="61" name="Text Placeholder 25">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F594FF25-E151-F942-926C-A77F810C7632}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="29" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5834600" y="1714697"/>
+            <a:off x="5884585" y="2252978"/>
             <a:ext cx="700387" cy="689518"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
               <a:defRPr sz="3200" b="0" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:defRPr>
@@ -33827,51 +32437,51 @@
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>02</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="62" name="Text Placeholder 25">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B0153595-7226-A74D-958B-B36C1D689ACA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="30" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6669896" y="1714697"/>
+            <a:off x="6719881" y="2252978"/>
             <a:ext cx="4608000" cy="689519"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
               <a:defRPr sz="2400" baseline="0">
                 <a:solidFill>
                   <a:srgbClr val="459597"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
@@ -33913,51 +32523,51 @@
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Main Body Text</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="67" name="Text Placeholder 25">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{65F53387-D10B-9540-985B-6B9A7DBDFE3E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="31" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5841179" y="2629684"/>
+            <a:off x="5891164" y="3167965"/>
             <a:ext cx="700387" cy="689518"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
               <a:defRPr sz="3200" b="0" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:defRPr>
@@ -34000,51 +32610,51 @@
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>03</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="68" name="Text Placeholder 25">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3AA738E2-5054-304B-9BFA-90BDCB3A9A28}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="32" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6676475" y="2629684"/>
+            <a:off x="6726460" y="3167965"/>
             <a:ext cx="4608000" cy="689519"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
               <a:defRPr sz="2400" baseline="0">
                 <a:solidFill>
                   <a:srgbClr val="459597"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
@@ -34086,51 +32696,51 @@
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Main Body Text</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="69" name="Text Placeholder 25">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B58710FA-1994-8F4D-A2ED-3865386E0444}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="33" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5862882" y="3544672"/>
+            <a:off x="5912867" y="4082953"/>
             <a:ext cx="700387" cy="689518"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
               <a:defRPr sz="3200" b="0" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:defRPr>
@@ -34173,51 +32783,51 @@
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>04</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="70" name="Text Placeholder 25">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E7C9F3DF-F2E3-5B4B-A293-519EBD892B38}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="34" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6698178" y="3544672"/>
+            <a:off x="6748163" y="4082953"/>
             <a:ext cx="4608000" cy="689519"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
               <a:defRPr sz="2400" baseline="0">
                 <a:solidFill>
                   <a:srgbClr val="459597"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
@@ -34259,51 +32869,51 @@
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Main Body Text</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="71" name="Text Placeholder 25">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5FEF9E0F-CCB4-9D40-9083-F85963D2966A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="35" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="5841179" y="4459659"/>
+            <a:off x="5891164" y="4997940"/>
             <a:ext cx="700387" cy="689518"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0" algn="ctr">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
               <a:defRPr sz="3200" b="0" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
               </a:defRPr>
@@ -34346,51 +32956,51 @@
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>05</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="72" name="Text Placeholder 25">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1972AA1F-15FA-A945-A4A7-7FF4400BA6A5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="36" hasCustomPrompt="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6676475" y="4459659"/>
+            <a:off x="6726460" y="4997940"/>
             <a:ext cx="4608000" cy="689519"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr anchor="ctr">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr marL="0" indent="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
               <a:defRPr sz="2400" baseline="0">
                 <a:solidFill>
                   <a:srgbClr val="459597"/>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
@@ -34470,50 +33080,222 @@
             <a:lvl1pPr marL="0" indent="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buNone/>
               <a:defRPr sz="3600" b="0" i="0">
                 <a:solidFill>
                   <a:schemeClr val="bg1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Project Overview</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="22" name="Straight Connector 21">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9DF01F14-643E-584E-8815-2D66531C2F34}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm flipH="1">
+            <a:off x="5658046" y="4851970"/>
+            <a:ext cx="5904000" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="19050">
+            <a:solidFill>
+              <a:srgbClr val="FBA63B"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="32" name="Straight Connector 31">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EE19368A-FBF5-B546-8EFA-9C513A76B4D0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm flipH="1">
+            <a:off x="5658046" y="3962672"/>
+            <a:ext cx="5904000" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="19050">
+            <a:solidFill>
+              <a:srgbClr val="FBA63B"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="33" name="Straight Connector 32">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EED4C171-C3A2-E24D-913F-69190F67BB96}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm flipH="1">
+            <a:off x="5658046" y="3081881"/>
+            <a:ext cx="5904000" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="19050">
+            <a:solidFill>
+              <a:srgbClr val="FBA63B"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
+      <p:cxnSp>
+        <p:nvCxnSpPr>
+          <p:cNvPr id="34" name="Straight Connector 33">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AE91B2BC-7D76-4B4D-B897-64B7D14505D7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvCxnSpPr>
+            <a:cxnSpLocks/>
+          </p:cNvCxnSpPr>
+          <p:nvPr userDrawn="1"/>
+        </p:nvCxnSpPr>
+        <p:spPr>
+          <a:xfrm flipH="1">
+            <a:off x="5658046" y="2103078"/>
+            <a:ext cx="5904000" cy="0"/>
+          </a:xfrm>
+          <a:prstGeom prst="line">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:ln w="19050">
+            <a:solidFill>
+              <a:srgbClr val="FBA63B"/>
+            </a:solidFill>
+          </a:ln>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="1">
+            <a:schemeClr val="accent1"/>
+          </a:lnRef>
+          <a:fillRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent1"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="tx1"/>
+          </a:fontRef>
+        </p:style>
+      </p:cxnSp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="2" name="Straight Connector 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{42D92AE2-8DEA-3406-410E-6A20238C8164}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr>
             <a:cxnSpLocks/>
           </p:cNvCxnSpPr>
           <p:nvPr userDrawn="1"/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11812564" y="6509035"/>
             <a:ext cx="265889" cy="0"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="9525">
             <a:solidFill>
               <a:srgbClr val="FBA63D"/>
@@ -35880,51 +34662,51 @@
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="en-US" dirty="0"/>
               <a:t>Photo Credit: </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="826949175"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sldLayout>
 </file>
 
 <file path=ppt/slideMasters/_rels/slideMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout26.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout39.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout21.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout34.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout42.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout29.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout41.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout32.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout37.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout40.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout28.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout36.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout19.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout31.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout27.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout30.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout35.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout43.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout25.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout33.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout38.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout26.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout21.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout17.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout25.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout20.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout29.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout24.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout23.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout28.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout19.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout22.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout27.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout30.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideMasters/slideMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sldMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:cxnSp>
@@ -36103,84 +34885,71 @@
                 <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>DESIGNING INNOVATIVE TOURISM STAYS</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="580465908"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMap bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <p:sldLayoutIdLst>
     <p:sldLayoutId id="2147483867" r:id="rId1"/>
     <p:sldLayoutId id="2147483897" r:id="rId2"/>
     <p:sldLayoutId id="2147483829" r:id="rId3"/>
     <p:sldLayoutId id="2147483881" r:id="rId4"/>
     <p:sldLayoutId id="2147483888" r:id="rId5"/>
     <p:sldLayoutId id="2147483898" r:id="rId6"/>
     <p:sldLayoutId id="2147483842" r:id="rId7"/>
     <p:sldLayoutId id="2147483840" r:id="rId8"/>
     <p:sldLayoutId id="2147483880" r:id="rId9"/>
-    <p:sldLayoutId id="2147483889" r:id="rId10"/>
-[...32 lines deleted...]
-    <p:sldLayoutId id="2147483925" r:id="rId43"/>
+    <p:sldLayoutId id="2147483907" r:id="rId10"/>
+    <p:sldLayoutId id="2147483889" r:id="rId11"/>
+    <p:sldLayoutId id="2147483861" r:id="rId12"/>
+    <p:sldLayoutId id="2147483890" r:id="rId13"/>
+    <p:sldLayoutId id="2147483899" r:id="rId14"/>
+    <p:sldLayoutId id="2147483884" r:id="rId15"/>
+    <p:sldLayoutId id="2147483841" r:id="rId16"/>
+    <p:sldLayoutId id="2147483879" r:id="rId17"/>
+    <p:sldLayoutId id="2147483878" r:id="rId18"/>
+    <p:sldLayoutId id="2147483891" r:id="rId19"/>
+    <p:sldLayoutId id="2147483894" r:id="rId20"/>
+    <p:sldLayoutId id="2147483893" r:id="rId21"/>
+    <p:sldLayoutId id="2147483895" r:id="rId22"/>
+    <p:sldLayoutId id="2147483896" r:id="rId23"/>
+    <p:sldLayoutId id="2147483900" r:id="rId24"/>
+    <p:sldLayoutId id="2147483901" r:id="rId25"/>
+    <p:sldLayoutId id="2147483902" r:id="rId26"/>
+    <p:sldLayoutId id="2147483903" r:id="rId27"/>
+    <p:sldLayoutId id="2147483904" r:id="rId28"/>
+    <p:sldLayoutId id="2147483853" r:id="rId29"/>
+    <p:sldLayoutId id="2147483906" r:id="rId30"/>
   </p:sldLayoutIdLst>
   <p:txStyles>
     <p:titleStyle>
       <a:lvl1pPr algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
         </a:lnSpc>
         <a:spcBef>
           <a:spcPct val="0"/>
         </a:spcBef>
         <a:buNone/>
         <a:defRPr sz="4400" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mj-lt"/>
           <a:ea typeface="+mj-ea"/>
           <a:cs typeface="+mj-cs"/>
         </a:defRPr>
       </a:lvl1pPr>
     </p:titleStyle>
     <p:bodyStyle>
       <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:lnSpc>
           <a:spcPct val="90000"/>
@@ -36422,71 +35191,135 @@
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.glampingunderthestars.ie/music-house/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout14.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.glampingunderthestars.ie/music-house/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout13.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.glampingunderthestars.ie/" TargetMode="External"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image17.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.glampingunderthestars.ie/hen-party-glamping/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image18.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.glampingunderthestars.ie/hen-party-glamping/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image19.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.glampingunderthestars.ie/hen-party-glamping/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image20.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.glampingunderthestars.ie/hen-party-glamping/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.glampingunderthestars.ie/hen-party-glamping/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout30.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.glampingunderthestars.ie/hen-party-glamping/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.glampingunderthestars.ie/hen-party-glamping/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.glampingunderthestars.ie/hen-party-glamping/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.glampingunderthestars.ie/family-glamping/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.glampingunderthestars.ie/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://globalactionplan.ie/schools-education/global-sustainable-development-goals/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.glampingunderthestars.ie/hen-party-glamping/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.glampingunderthestars.ie/hen-party-glamping/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.glampingunderthestars.ie/hen-party-glamping/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image28.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-sa/4.0/?ref=chooser-v1" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.glampingunderthestars.ie/family-glamping/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.leinsterexpress.ie/news/business/1537108/holiday-rental-pods-planned-at-emo-court-in-laois.html" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.leinsterexpress.ie/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout31.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.glampingunderthestars.ie/emo-court/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.castledarcyglamping.com/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-sa/4.0/?ref=chooser-v1" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.glampingunderthestars.ie/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image11.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.leinsterexpress.ie/news/business/1537108/holiday-rental-pods-planned-at-emo-court-in-laois.html" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.castledarcyglamping.com/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout31.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/by-sa/4.0/?ref=chooser-v1" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout15.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image12.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout16.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image13.jpg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout9.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.glampingunderthestars.ie/wood-lodges/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image14.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.glampingunderthestars.ie/wood-lodges/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image15.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.glampingunderthestars.ie/wood-lodges/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image16.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6BE24BC2-4613-57E9-2E8F-44E21D93E8D4}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
@@ -36497,60 +35330,69 @@
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{18FE77C1-1B0B-4BBF-3822-78D96BE350C7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="16"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="400555" y="2320314"/>
             <a:ext cx="5234715" cy="3066422"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr>
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-IE" sz="4000" dirty="0"/>
-              <a:t>Emo Court Glamping, Ireland</a:t>
+              <a:rPr lang="en-IE" sz="3600" b="1" dirty="0"/>
+              <a:t>Glamping Under the Stars</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="3200" i="1" dirty="0"/>
-              <a:t>Family Friendly Glamping on The Wild Atlantic Way</a:t>
+              <a:rPr lang="en-IE" sz="3200" dirty="0"/>
+              <a:t>Laois, Ireland</a:t>
             </a:r>
-            <a:endParaRPr lang="en-IE" sz="3200" i="1" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-IE" sz="3200" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" i="1" dirty="0"/>
+              <a:t>Low Impact, Family Friendly Glamping</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-IE" sz="2800" i="1" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Text Placeholder 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{26771B59-59E9-505A-78C2-E365D745DA3F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="65"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
@@ -36779,371 +35621,5207 @@
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="6" name="Picture Placeholder 5" descr="A wooden house with a round door&#10;&#10;AI-generated content may be incorrect.">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{941DD790-CA15-AA73-01DB-62D3D86A74E8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph type="pic" sz="quarter" idx="19"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3"/>
           <a:srcRect l="8387" r="8387"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr/>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="TextBox 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{32FE2273-BC24-333D-A441-98A3B2F4AA0D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="6848474" y="6372900"/>
+            <a:ext cx="6124574" cy="369332"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-IE" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="4D4D4D"/>
+                </a:solidFill>
+                <a:hlinkClick r:id="rId4">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>Image source: https://www.glampingunderthestars.ie/</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-IE" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="4D4D4D"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2122844860"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Text Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{60E96512-04FF-FA24-06D7-B2F447A0A289}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="18"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="788658" y="2396438"/>
+            <a:ext cx="5131336" cy="3499183"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-IE" dirty="0"/>
+              <a:t>Biodiversity pond and planting of hundreds of native hardwood trees.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-IE" dirty="0">
+              <a:ea typeface="Calibri" panose="020F0502020204030204"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-IE" dirty="0"/>
+              <a:t>Protection of dark skies through low-level, sensitive lighting.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-IE" dirty="0">
+              <a:ea typeface="Calibri" panose="020F0502020204030204"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-IE" dirty="0"/>
+              <a:t>Creation of a safe habitat for a wide range of native wildlife, including insects, birds, bats, amphibians, mammals, and occasional pine martens.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-IE" dirty="0">
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-IE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Text Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E31027EA-F25B-1ED6-0A43-840B812465A3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="437139" y="331568"/>
+            <a:ext cx="6808875" cy="803654"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-IE" sz="3600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="459597"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Sustainability &amp; Biodiversity</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="9" name="Text Placeholder 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{191DC5F2-CA97-7D93-5F6E-8D00C1C37EC0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="423283" y="989497"/>
+            <a:ext cx="8741981" cy="803654"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="EC7C69"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Hands-On Actions with Real Ecological Impact</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-IE" sz="3200" i="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="EC7C69"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="10" name="Picture 9">
+          <p:cNvPr id="8196" name="Picture 4" descr="With its’ unique octagonal shape &amp; 'chocolate box' windows, you'll feel like you're living in a fairytale in our pretty Sunset Lodge.&#10; &#10; Lovingly handcrafted, the lodge is the perfect compromise for anyone not used to camping under canvas. You have the excitement and adventure of staying somewhere really special, with all the comforts of home. There's even a wood burning stove to keep you warm on cooler nights. &#10; &#10; Sleeps a family of six.">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{42B105E3-1E80-C85E-8651-F1570AAA6534}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8F8E49F6-5959-AF88-E720-1E1E5C6A86B4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="6272008" y="1495439"/>
+            <a:ext cx="5614319" cy="4597016"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Text Placeholder 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B75131A5-9CA5-07A4-1453-841D1DDF5550}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7844119" y="6009099"/>
+            <a:ext cx="4347882" cy="452458"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="EC7C69"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Image source: Trip Advisor</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-IE" sz="1400" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="828649111"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C1FD15BF-9C6D-6A5E-780C-38EEDB785435}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Picture Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CE294984-85B3-E102-F3AA-029D6C418CFF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="19"/>
+          </p:nvPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:srcRect t="871" b="871"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5631688" y="1678929"/>
+            <a:ext cx="6560312" cy="4556399"/>
+          </a:xfrm>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Text Placeholder 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A106025B-459B-4EB1-36EF-8A881C5AF0CE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="65"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7844119" y="6009099"/>
+            <a:ext cx="4347882" cy="452458"/>
+          </a:xfrm>
+          <a:solidFill>
+            <a:srgbClr val="EC7C69"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Image source: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:hlinkClick r:id="rId3">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>https://www.glampingunderthestars.ie/hen-party-glamping/</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-IE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="Text Placeholder 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{27401EB7-8C39-2FE1-0081-1420039F72EA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="423284" y="1793151"/>
+            <a:ext cx="4825978" cy="3499183"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Low-carbon design and infrastructure are integral to the business. Energy efficient accommodation are created using Insulated Concrete Framework (ICF).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>The buildings are designed to blend naturally into the landscape and reduce environmental footprint reflecting thoughtful design and construction.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="4D4D4D"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-IE" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="4D4D4D"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="17" name="Text Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DF454665-61A6-1B2D-D435-EC03EA5B4584}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="437139" y="331568"/>
+            <a:ext cx="6808875" cy="803654"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-IE" sz="3600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="459597"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Low-Carbon Design</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="Text Placeholder 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1C5273F2-D39B-958D-F002-3452C4DD822C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="423283" y="989497"/>
+            <a:ext cx="8741981" cy="803654"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="EC7C69"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Designing in Harmony with Nature</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-IE" sz="3200" i="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="EC7C69"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1452353716"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3EF08AAC-4698-3CCC-A368-F77D63FCDBF9}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Picture Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AD0B743C-5503-F94D-19D8-F0D565841FCA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="19"/>
+          </p:nvPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:srcRect l="2024" r="2024"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5631688" y="1678929"/>
+            <a:ext cx="6560312" cy="4556399"/>
+          </a:xfrm>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Text Placeholder 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0DFBF81B-AC1D-79FE-F364-B3DCCE2E7561}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="65"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7844119" y="6009099"/>
+            <a:ext cx="4347882" cy="452458"/>
+          </a:xfrm>
+          <a:solidFill>
+            <a:srgbClr val="EC7C69"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Image source: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:hlinkClick r:id="rId3">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>https://www.glampingunderthestars.ie/hen-party-glamping/</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-IE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="Text Placeholder 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B882FE5C-FC2C-483A-5029-883C7CEC888C}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="294640" y="1793151"/>
+            <a:ext cx="5598160" cy="3784689"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>A strong commitment to waste reduction and responsible consumption is demonstrated through waste </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>minimisation</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, reduced use of single-use plastics, and composting where feasible. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>This approach is further supported by encouraging guests to recycle and reuse, alongside the owners’ ongoing exploration of eco-friendly cleaning products and toiletries.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="4D4D4D"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-IE" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="4D4D4D"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="17" name="Text Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FCAC84F6-FAAD-D9C3-84A2-BFA205F556E7}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="294641" y="331568"/>
+            <a:ext cx="6951374" cy="803654"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-IE" sz="3600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="459597"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Low-Carbon Design</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="Text Placeholder 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D43DE971-A752-874E-DBE3-C5A724F09D7F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="294640" y="973154"/>
+            <a:ext cx="8741981" cy="803654"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="EC7C69"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Building in Balance with the Natural Environment</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-IE" sz="3200" i="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="EC7C69"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3391509589"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{48D5F715-46DE-D9E8-79DE-FC52C7173B73}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Picture Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9497F346-AD2C-B351-F0E5-D2418FBD297B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="19"/>
+          </p:nvPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:srcRect l="2178" r="2178"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5631688" y="1678929"/>
+            <a:ext cx="6560312" cy="4556399"/>
+          </a:xfrm>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Text Placeholder 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7FC3BAC6-E742-31D9-923E-8E5FAD3E2C19}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="65"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7844119" y="6009099"/>
+            <a:ext cx="4347882" cy="452458"/>
+          </a:xfrm>
+          <a:solidFill>
+            <a:srgbClr val="EC7C69"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Image source: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:hlinkClick r:id="rId3">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>https://www.glampingunderthestars.ie/hen-party-glamping/</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-IE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="Text Placeholder 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F3F0D5C-75C9-B317-E1AC-B926E1C157D0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="423284" y="1793151"/>
+            <a:ext cx="4825978" cy="3499183"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Education, guest awareness, and engagement are central to the business’s sustainability approach. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Nature trails winding through wildflower meadows encourage guests to explore and connect with the landscape, while clearly presented information points help build understanding of local wildlife and ecosystems. </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-IE" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="17" name="Text Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DD71C857-FFC2-5CCF-00E1-99E3DF608721}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="437139" y="331568"/>
+            <a:ext cx="6808875" cy="803654"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-IE" sz="3600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="459597"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Guest Education &amp; Engagement</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="Text Placeholder 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0DF54F42-8AF8-85A2-0825-89EC918A5AD0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="423283" y="989497"/>
+            <a:ext cx="8741981" cy="803654"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="EC7C69"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Turning Guests into Environmental Stewards</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-IE" sz="3200" i="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="EC7C69"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="89800055"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BFBD5BC5-E161-10CC-6DCA-B813943429A9}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Picture Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4166AAB5-A70C-252B-C44F-B0B038A50854}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="19"/>
+          </p:nvPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:srcRect l="2007" r="2007"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5631688" y="1678929"/>
+            <a:ext cx="6560312" cy="4556399"/>
+          </a:xfrm>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Text Placeholder 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CAF70430-CEB7-80A7-F168-E0E831FF4ED4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="65"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7844119" y="6009099"/>
+            <a:ext cx="4347882" cy="452458"/>
+          </a:xfrm>
+          <a:solidFill>
+            <a:srgbClr val="EC7C69"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Image source: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:hlinkClick r:id="rId3">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>https://www.glampingunderthestars.ie/hen-party-glamping/</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-IE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="Text Placeholder 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FFFEB58E-C42D-699E-D399-BA9FB673BF9E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="423284" y="1793151"/>
+            <a:ext cx="4825978" cy="3499183"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>This education and interpretation is further supported through planned activities such as stargazing events, foraging walks, and family-friendly biodiversity experiences. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>These initiatives are designed to actively engage guests while fostering a deeper appreciation of nature and environmental stewardship</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0"/>
+              <a:t>.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="4D4D4D"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="4D4D4D"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="4D4D4D"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-IE" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="4D4D4D"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="17" name="Text Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{885B9512-69E8-7FA9-3626-F1F6D71B430D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="437139" y="331568"/>
+            <a:ext cx="6808875" cy="803654"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-IE" sz="3600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="459597"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Guest Education &amp; Engagement</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="Text Placeholder 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A71425B2-AD97-CF85-E647-4B198156A86E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="423283" y="989497"/>
+            <a:ext cx="8741981" cy="803654"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="EC7C69"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Turning Guests into Environmental Stewards</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-IE" sz="3200" i="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="EC7C69"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3425268169"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{06006FCE-4843-C272-3553-5F0D72B04574}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Picture Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0D6C8CDD-1A66-145D-9660-C7790921FF7F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="19"/>
+          </p:nvPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:srcRect t="4881" b="4881"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5631688" y="1678929"/>
+            <a:ext cx="6560312" cy="4556399"/>
+          </a:xfrm>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Text Placeholder 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{87DFB09B-4F0D-DCE8-B7D0-318341840042}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="65"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7844119" y="6009099"/>
+            <a:ext cx="4347882" cy="452458"/>
+          </a:xfrm>
+          <a:solidFill>
+            <a:srgbClr val="EC7C69"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Image source</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:hlinkClick r:id="rId3">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t> https://www.glampingunderthestars.ie/hen-party-glamping/</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-IE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="Text Placeholder 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{20CDA1CE-9484-4791-AEF4-D65BEA9A8C0A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="423284" y="1793151"/>
+            <a:ext cx="4825978" cy="3499183"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>The business </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>recognises</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> the value of embracing community and local economic initiatives by actively fostering collaboration with local businesses, service providers, and community groups. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>This approach supports a vibrant and sustainable local economy while promoting Laois as a low-impact, must-visit destination, enhancing both the region’s appeal and the business’s positive impact.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="4D4D4D"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="4D4D4D"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-IE" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="4D4D4D"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="17" name="Text Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8D9E34D7-9501-AAD0-329B-D6B998A99A32}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="437139" y="331568"/>
+            <a:ext cx="6808875" cy="803654"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-IE" sz="3600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="459597"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Community Collaboration</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="Text Placeholder 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D19302E2-692B-6A3D-E9B4-DBBAD40879D1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="423283" y="989497"/>
+            <a:ext cx="8741981" cy="803654"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="EC7C69"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Strengthening the Local Economy</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-IE" sz="3200" i="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="EC7C69"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="566485382"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Text Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C58E4D26-8099-3B3E-8667-BF60AEDC8089}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="27"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="849241" y="221661"/>
+            <a:ext cx="9494909" cy="720752"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-IE" sz="3200" dirty="0"/>
+              <a:t>Expanding the product offering</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="9" name="Picture 8" descr="A log cabin with a deck and trees&#10;&#10;AI-generated content may be incorrect.">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{13BD07CB-F5F5-1248-4A22-D8FACC67FEC0}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
+          <a:srcRect t="31116"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="0" y="1231999"/>
-            <a:ext cx="12192000" cy="4394002"/>
+            <a:off x="627897" y="3429000"/>
+            <a:ext cx="10783805" cy="3300747"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="TextBox 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6CF04582-7DD4-17AA-B4F2-F4F78660BDEE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="849241" y="819584"/>
+            <a:ext cx="9494909" cy="2646878"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr fontAlgn="base">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Secured </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>€300,000 under Fáilte Ireland’s </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Just Transition Fund </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-GB" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>for Treehouse Cabins &amp; Eco Lodge.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr fontAlgn="base">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-GB" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr fontAlgn="base">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>This new accommodation offering will provide luxury, creativity, and memorable experiences. The project will deliver three innovative, low-carbon tourism options, comprising two treehouses and an eco-lodge.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr fontAlgn="base">
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3670254536"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="816686333"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6459B6F7-55D9-0BA9-0CB6-6C64E1D2A7F0}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{19842CF5-EF18-E1BD-E949-35BD2849131C}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="8" name="Flowchart: Data 7">
+          <p:cNvPr id="11" name="Text Placeholder 10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E2772B36-3ABA-7201-8A15-21AC63CDD894}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{51EF3667-F485-D7D7-260E-BEBF28C7F15C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr/>
-          <p:nvPr/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="65"/>
+          </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="564621" y="4891639"/>
-            <a:ext cx="6455464" cy="447307"/>
+            <a:off x="7844119" y="6009099"/>
+            <a:ext cx="4347882" cy="452458"/>
           </a:xfrm>
-          <a:prstGeom prst="flowChartInputOutput">
-[...1 lines deleted...]
-          </a:prstGeom>
           <a:solidFill>
-            <a:schemeClr val="accent3">
-[...2 lines deleted...]
-            </a:schemeClr>
+            <a:srgbClr val="EC7C69"/>
           </a:solidFill>
-          <a:ln>
-[...1 lines deleted...]
-          </a:ln>
         </p:spPr>
-        <p:style>
-[...14 lines deleted...]
-        </p:style>
         <p:txBody>
-          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="en-GB"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Image source</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:hlinkClick r:id="rId2">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t> https://www.glampingunderthestars.ie/hen-party-glamping/</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-IE" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="10" name="Rectangle 9">
+          <p:cNvPr id="16" name="Text Placeholder 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E3C0BBA6-917C-D0FC-D682-72F6E0C52B68}"/>
-[...57 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ABBD382D-E714-B8CD-A190-6DC12747FCC7}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7C583E2F-5FDA-3AB4-CF45-0967EA1BEAC7}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="417380" y="2909077"/>
-            <a:ext cx="6392582" cy="1517182"/>
+            <a:off x="437139" y="1339210"/>
+            <a:ext cx="5730579" cy="3499183"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle>
             <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:buNone/>
-[...2 lines deleted...]
-                  <a:srgbClr val="0C4659"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:buNone/>
-[...4 lines deleted...]
-                <a:latin typeface="Montserrat Light" pitchFamily="2" charset="77"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:buNone/>
-[...4 lines deleted...]
-                <a:latin typeface="Montserrat Light" pitchFamily="2" charset="77"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl3pPr>
             <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:buNone/>
-[...4 lines deleted...]
-                <a:latin typeface="Montserrat Light" pitchFamily="2" charset="77"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl4pPr>
             <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:buNone/>
-[...4 lines deleted...]
-                <a:latin typeface="Montserrat Light" pitchFamily="2" charset="77"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl5pPr>
             <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl6pPr>
             <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
@@ -37182,260 +40860,216 @@
             </a:lvl8pPr>
             <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
+              <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2200" b="1" dirty="0">
-[...1 lines deleted...]
-                  <a:schemeClr val="bg1"/>
+              <a:rPr lang="en-US" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Failte Ireland Scheme: </a:t>
+              <a:t>Recognised</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2200" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="bg1"/>
+                  <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>The </a:t>
+              <a:t> through numerous regional and national awards, including Tripadvisor </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2200" i="1" u="sng" dirty="0">
-[...9 lines deleted...]
-                </a:hlinkClick>
+              <a:rPr lang="en-US" sz="2200" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
               </a:rPr>
-              <a:t>Laois</a:t>
+              <a:t>Traveller’s</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" sz="2200" dirty="0">
                 <a:solidFill>
-                  <a:schemeClr val="bg1"/>
+                  <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t> tourist destinations were among 17 tourist projects that were awarded a total of €2.9million investment under </a:t>
-[...39 lines deleted...]
-              <a:t>. . </a:t>
+              <a:t> Choice, Midlands103 Hospitality Awards; Laois Chamber and Google Digital Excellence Awards, alongside a 4-Star Failte Ireland Quality Assurance rating and among Ireland’s Fab 50 Best Places To Stay to name but a few.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
+              <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="en-US" sz="2200" dirty="0">
+            <a:r>
+              <a:rPr lang="en-US" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>They are proud members of the </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Sustainable Tourism Network Ireland</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> and continue to spearhead tourism development in Laois as a Key Account for Fáilte Ireland selected for mentoring and business advisory support.  They have featured in leading media such as The Sunday Times and The Irish Independent, with consistently outstanding guest reviews across Google and TripAdvisor.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0">
               <a:solidFill>
-                <a:schemeClr val="bg1"/>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="4D4D4D"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="4D4D4D"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-IE" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="4D4D4D"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="18" name="TextBox 17">
+          <p:cNvPr id="17" name="Text Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{52A25688-502B-3BD4-F469-49DD33A92F1B}"/>
-[...74 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EB4AECB5-2182-2180-05FF-3B01A6E5A1F7}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2D894C99-78E8-5FF4-651E-BB7B2C47093E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="296824" y="135164"/>
-            <a:ext cx="11060443" cy="803654"/>
+            <a:off x="437139" y="331568"/>
+            <a:ext cx="6808875" cy="803654"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr>
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-[...4 lines deleted...]
-                <a:spcPts val="0"/>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
               </a:spcBef>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:buNone/>
-[...2 lines deleted...]
-                  <a:srgbClr val="EC7C69"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr sz="2400" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
@@ -37544,222 +41178,106 @@
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="en-IE" sz="4400" dirty="0">
+              <a:rPr lang="en-IE" sz="3600" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="459597"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Case Study: </a:t>
+              <a:t>Recognised for Excellence</a:t>
             </a:r>
-            <a:r>
-[...112 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Text Placeholder 23">
+          <p:cNvPr id="18" name="Text Placeholder 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7DDB4280-9A59-2355-D420-A644A11CCEE8}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{201E0C09-A761-3247-765E-7612768630C1}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7578179" y="5117875"/>
-            <a:ext cx="4051845" cy="663800"/>
+            <a:off x="437139" y="774356"/>
+            <a:ext cx="8741981" cy="803654"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:solidFill>
-[...1 lines deleted...]
-          </a:solidFill>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchor="ctr">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="0"/>
+                <a:spcPts val="1000"/>
               </a:spcBef>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:buNone/>
-[...4 lines deleted...]
-                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
-                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr sz="2400" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
@@ -37864,296 +41382,2727 @@
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0">
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-US" sz="3200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="EC7C69"/>
+                </a:solidFill>
               </a:rPr>
-              <a:t>Website: </a:t>
-[...18 lines deleted...]
-              <a:t> </a:t>
+              <a:t>Celebrating Achievement</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
-      <p:sp>
-[...1 lines deleted...]
-          <p:cNvPr id="7" name="TextBox 6">
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="7" name="Picture 10" descr="Award winning Glampsite ireland">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{901F8983-80BA-287F-AF33-75462A85E24A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A33B0130-34B0-E28C-2DB2-1E087C4D87AA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr txBox="1"/>
-[...2 lines deleted...]
-        <p:spPr>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1" noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="19"/>
+          </p:nvPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect t="932" b="932"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="95250" y="753113"/>
-            <a:ext cx="8064578" cy="461665"/>
+            <a:off x="7246014" y="624366"/>
+            <a:ext cx="4752947" cy="4664372"/>
           </a:xfrm>
-          <a:prstGeom prst="rect">
+          <a:prstGeom prst="flowChartAlternateProcess">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
         </p:spPr>
-        <p:txBody>
-[...58 lines deleted...]
-      </p:sp>
+      </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1366277957"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1328010426"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
-        <p:cNvPr id="1" name=""/>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{81CC67D7-6EF5-68FB-3F74-DE21248F0CBF}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="10" name="Picture 9">
+          <p:cNvPr id="5" name="Picture Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8F12D016-4D75-0355-9840-08B90D154704}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2CB315EC-A1D3-221D-E34D-2551CB072B3C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1"/>
+            <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
-          <p:nvPr/>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="19"/>
+          </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
-          <a:stretch>
-[...1 lines deleted...]
-          </a:stretch>
+          <a:srcRect t="4881" b="4881"/>
+          <a:stretch/>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="803313" y="0"/>
-            <a:ext cx="10585374" cy="6858000"/>
+            <a:off x="5631688" y="1678929"/>
+            <a:ext cx="6560312" cy="4556399"/>
+          </a:xfrm>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Text Placeholder 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D6CE2BEE-9F44-53DC-FBA0-3AF3F8E49D61}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="65"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7844119" y="6009099"/>
+            <a:ext cx="4347882" cy="452458"/>
+          </a:xfrm>
+          <a:solidFill>
+            <a:srgbClr val="EC7C69"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Image source</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:hlinkClick r:id="rId3">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t> https://www.glampingunderthestars.ie/hen-party-glamping/</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-IE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="Text Placeholder 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{53FFC18D-8BA6-9E85-F938-C4E6DA0F6CFE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="423283" y="1532383"/>
+            <a:ext cx="5052483" cy="3499183"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
-      </p:pic>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>The long-term plan for the business will concentrate  on advancing sustainability while enriching visitor experiences. Plans feature:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Implementing renewable energy solutions, such as solar panels, to further reduce carbon emissions subject to resources.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="4D4D4D"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="4D4D4D"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="4D4D4D"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:endParaRPr lang="en-IE" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="4D4D4D"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="17" name="Text Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C0C2528D-15E3-6B93-A409-5D854C48AF44}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="437139" y="331568"/>
+            <a:ext cx="6808875" cy="803654"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-IE" sz="3600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="459597"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Looking Ahead</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="Text Placeholder 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{558D3EF8-1EC8-06A4-A7EC-9FFFD66BFA6A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="423283" y="989497"/>
+            <a:ext cx="8741981" cy="803654"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="EC7C69"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Future-Proofing Through Sustainability</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-IE" sz="3200" i="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="EC7C69"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="428276609"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3009843321"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E00E3DFC-6EB6-0BE9-58ED-CE7AE52748CD}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F869F078-B87F-1BB6-419E-22A3BDB2C45D}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Picture Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8D08631B-F5EF-8B2D-E26F-36CA36716A99}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="19"/>
+          </p:nvPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:srcRect t="19572" b="19572"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5631688" y="1678929"/>
+            <a:ext cx="6560312" cy="4556399"/>
+          </a:xfrm>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Text Placeholder 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{22604B65-412C-D3B1-ED47-91F022D30B6F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="65"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7844119" y="6009099"/>
+            <a:ext cx="4347882" cy="452458"/>
+          </a:xfrm>
+          <a:solidFill>
+            <a:srgbClr val="EC7C69"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Image source</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:hlinkClick r:id="rId3">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:hlinkClick r:id="rId4">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>Family Friendly Glamping Ireland - Short Drive from Dublin</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-IE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="Text Placeholder 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C00962ED-F374-0E14-0034-576A59559604}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="423283" y="1532383"/>
+            <a:ext cx="5052483" cy="3499183"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Ongoing commitment and meaningful action to protect the natural environment, support the local community, and ensure a thriving, sustainable future for both the land and those who live and visit the area.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Looking forward in this way is important because it ensures that business decisions made today support long-term sustainability and resilience</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="4D4D4D"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="4D4D4D"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="4D4D4D"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="4D4D4D"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="4D4D4D"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+            </a:pPr>
+            <a:endParaRPr lang="en-IE" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="4D4D4D"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="17" name="Text Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F3B77F45-8135-A4B1-31FA-B28F9ECD5ACF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="437139" y="331568"/>
+            <a:ext cx="6808875" cy="803654"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-IE" sz="3600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="459597"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Looking Ahead</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="Text Placeholder 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3DBBC025-2EE2-7869-2830-C60B26DCC4E3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="423283" y="989497"/>
+            <a:ext cx="8741981" cy="803654"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="EC7C69"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Future-Proofing Through Sustainability</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-IE" sz="3200" i="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="EC7C69"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1861687113"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D6DF8E46-B859-4797-3025-EE08F108EA5B}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="14" name="Picture Placeholder 13">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{26AEBBF3-1E7D-C95B-4133-E610CB663EAA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="19"/>
+          </p:nvPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:srcRect t="5599" b="5599"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr/>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Text Placeholder 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3F4D32C6-37D0-C885-842B-50F03F253017}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="65"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7844119" y="6009099"/>
+            <a:ext cx="4347882" cy="452458"/>
+          </a:xfrm>
+          <a:solidFill>
+            <a:srgbClr val="EC7C69"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Image source: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:hlinkClick r:id="rId3">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>https://www.glampingunderthestars.ie/</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>  </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-IE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="Text Placeholder 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FB488979-8B7C-1836-EADD-4C9F4BC52C1F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="423284" y="1793151"/>
+            <a:ext cx="4825978" cy="3499183"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>This case study explores a family-operated glamping destination in rural County Laois, part of Ireland’s Ancient East, with a strong commitment to low-carbon and low-impact practices.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="4D4D4D"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Glamping Under the Stars was founded with a clear mission to </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-IE" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>create magical, memorable stays while protecting and enhancing the natural environment</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-IE" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="4D4D4D"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-IE" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="4D4D4D"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="17" name="Text Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6D33DCBE-7288-9AD8-BA0B-9522E3BB0D48}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="437139" y="331568"/>
+            <a:ext cx="6808875" cy="803654"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-IE" sz="3600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="459597"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Glamping Under the Stars</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="Text Placeholder 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{59CBD834-A65B-9982-C118-2F2F217162F9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="423284" y="989497"/>
+            <a:ext cx="6808876" cy="803654"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="EC7C69"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>A Magical Stay with a Clear Mission</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-IE" sz="3200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="EC7C69"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="718324267"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5FDFB875-2446-0490-C0CB-0B6762DAC2FD}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="25" name="Text Placeholder 11">
+          <p:cNvPr id="11" name="Text Placeholder 10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8303B9ED-0AF0-D825-150E-F7D323DCF4EB}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4F829A48-AE49-9F25-972E-3D2DE11FE05F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="65"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7844119" y="6009099"/>
+            <a:ext cx="4347882" cy="452458"/>
+          </a:xfrm>
+          <a:solidFill>
+            <a:srgbClr val="EC7C69"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Image source</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:hlinkClick r:id="rId2">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:hlinkClick r:id="rId3">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>The Sustainable Development Goals - Global Action Plan </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-IE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="Text Placeholder 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{16E1BA67-2970-B223-240D-9A5BDA8C6870}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="296824" y="135164"/>
-            <a:ext cx="11060443" cy="803654"/>
+            <a:off x="423283" y="1532383"/>
+            <a:ext cx="6509146" cy="3499183"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr>
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
-[...4 lines deleted...]
-                <a:spcPts val="0"/>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
               </a:spcBef>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:buNone/>
-[...2 lines deleted...]
-                  <a:srgbClr val="EC7C69"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr sz="2400" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
@@ -38262,173 +44211,254 @@
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
+            <a:pPr marL="0" lvl="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="en-IE" sz="4400" dirty="0">
-[...1 lines deleted...]
-                  <a:srgbClr val="459597"/>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>Case Study: </a:t>
+              <a:t>The business demonstrates strong alignment the United Nations Sustainable Development Goals. The business initiatives support:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>SDG 15: Life on Land</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-IE" sz="3200" dirty="0"/>
-              <a:t>Emo Court Glamping, </a:t>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> through the protection and careful management of natural habitats.</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="3200" dirty="0"/>
           </a:p>
-        </p:txBody>
-[...51 lines deleted...]
-          <a:lstStyle/>
           <a:p>
-            <a:endParaRPr sz="1600" dirty="0">
+            <a:pPr marL="0" lvl="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Efforts to adopt renewable energy solutions, such as solar panels, contribute to </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>SDG 7: Affordable and Clean Energy</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>By promoting low-carbon tourism, sustainable infrastructure, and community engagement, the business advances </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>SDG 11: Sustainable Cities and Communities</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>, fostering resilient, environmentally responsible destinations.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-IE" sz="2400" b="1" dirty="0">
               <a:solidFill>
-                <a:schemeClr val="bg1"/>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="4D4D4D"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="4D4D4D"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="4D4D4D"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-IE" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="4D4D4D"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="6" name="Text Placeholder 23">
+          <p:cNvPr id="17" name="Text Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{592006A4-AAD1-A745-57D0-39587100E363}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{633B5552-DB4D-42CC-66EE-0EE18792BBFA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7578179" y="5117875"/>
-            <a:ext cx="4051845" cy="663800"/>
+            <a:off x="437139" y="331568"/>
+            <a:ext cx="6808875" cy="803654"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
-          <a:solidFill>
-[...1 lines deleted...]
-          </a:solidFill>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr anchor="ctr">
-[...1 lines deleted...]
-          </a:bodyPr>
+          <a:bodyPr/>
           <a:lstStyle>
-            <a:lvl1pPr marL="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
-                <a:spcPts val="0"/>
+                <a:spcPts val="1000"/>
               </a:spcBef>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
-              <a:buNone/>
-[...4 lines deleted...]
-                <a:latin typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
-                <a:cs typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr sz="2400" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl2pPr>
             <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
@@ -38533,677 +44563,6404 @@
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl8pPr>
             <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
               <a:lnSpc>
                 <a:spcPct val="90000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="500"/>
               </a:spcBef>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
               <a:defRPr sz="1800" kern="1200">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mn-lt"/>
                 <a:ea typeface="+mn-ea"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" dirty="0">
-                <a:latin typeface="+mn-lt"/>
+              <a:rPr lang="en-IE" sz="3600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="459597"/>
+                </a:solidFill>
               </a:rPr>
-              <a:t>Website: </a:t>
-[...18 lines deleted...]
-              <a:t> </a:t>
+              <a:t>Alignment  to UNSDGs</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="7" name="TextBox 6">
+          <p:cNvPr id="18" name="Text Placeholder 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{49D20080-79F6-925A-C544-FF5472973D0C}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{614D3852-8E19-8F97-9C86-30EC19BA7AB5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr txBox="1"/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="95250" y="753113"/>
-            <a:ext cx="8064578" cy="461665"/>
+            <a:off x="423283" y="989497"/>
+            <a:ext cx="8741981" cy="803654"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="EC7C69"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Contributing to Global Sustainability Goals</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-IE" sz="3200" i="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="EC7C69"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2052" name="Picture 4" descr="SDGs_poster_new1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{50458D70-6AEA-C80B-DF79-07A96D7B3279}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill rotWithShape="1">
+          <a:blip r:embed="rId4">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect l="3412" r="3982"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="6833190" y="1565667"/>
+            <a:ext cx="5358810" cy="3499183"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
+          <a:extLst>
+            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                <a:solidFill>
+                  <a:srgbClr val="FFFFFF"/>
+                </a:solidFill>
+              </a14:hiddenFill>
+            </a:ext>
+          </a:extLst>
         </p:spPr>
-        <p:txBody>
-[...20 lines deleted...]
-          <p:cNvPr id="2" name="Flowchart: Data 1">
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="803748104"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{91602BD5-32FC-A9B2-415A-E8BFC013E532}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Picture Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0400AE7C-2F73-21E6-159F-821ACADD8E4C}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DC40DEFF-0C24-C5C5-FE0D-663CA9D73F8E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr/>
-          <p:nvPr/>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="19"/>
+          </p:nvPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:srcRect l="2024" r="2024"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5631688" y="1678929"/>
+            <a:ext cx="6560312" cy="4556399"/>
+          </a:xfrm>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Text Placeholder 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5A31A77B-B69D-679C-EB18-91F3DAE33C37}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="65"/>
+          </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="461615" y="3201797"/>
-            <a:ext cx="6455464" cy="391361"/>
+            <a:off x="7844119" y="6009099"/>
+            <a:ext cx="4347882" cy="452458"/>
           </a:xfrm>
-          <a:prstGeom prst="flowChartInputOutput">
-[...53 lines deleted...]
-          </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="EC7C69"/>
           </a:solidFill>
-          <a:ln>
-[...3 lines deleted...]
-          </a:ln>
         </p:spPr>
-        <p:style>
-[...14 lines deleted...]
-        </p:style>
         <p:txBody>
-          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-[...36 lines deleted...]
-            </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
-[...4 lines deleted...]
-              <a:t>Outcome: </a:t>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Image source</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2200" dirty="0">
-[...10 lines deleted...]
-                </a:solidFill>
+              <a:rPr lang="en-US" dirty="0">
                 <a:hlinkClick r:id="rId3">
                   <a:extLst>
                     <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
                       <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
                     </a:ext>
                   </a:extLst>
                 </a:hlinkClick>
               </a:rPr>
-              <a:t>Gate Lodge</a:t>
+              <a:t> </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="2200" dirty="0">
-[...1 lines deleted...]
-                  <a:schemeClr val="bg1"/>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Trip Advisor</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-IE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="Text Placeholder 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{894C242A-072F-971F-7481-0B4CD821DFCD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="423283" y="989497"/>
+            <a:ext cx="8741981" cy="803654"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="EC7C69"/>
                 </a:solidFill>
               </a:rPr>
-              <a:t>.</a:t>
+              <a:t>Why This Model Works</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Text Placeholder 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9E903512-2739-4424-8107-D119AC12BFCD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="423283" y="1815711"/>
+            <a:ext cx="5052484" cy="3499183"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0">
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="v"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Sustainability: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Eco-conscious glamping in wildflower meadows, under dark skies. Showcases inclusivity, biodiversity &amp; creative, low-impact design. Support for local community</a:t>
             </a:r>
           </a:p>
           <a:p>
-            <a:pPr>
-[...2 lines deleted...]
-              </a:spcAft>
+            <a:pPr lvl="0">
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="v"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Guest Experience: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Guests stay within a beautiful biodiverse environment, while enjoying modern comforts.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0">
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="v"/>
             </a:pPr>
             <a:endParaRPr lang="en-US" sz="2400" dirty="0">
               <a:solidFill>
-                <a:schemeClr val="bg1"/>
+                <a:srgbClr val="4D4D4D"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="v"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="4D4D4D"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="v"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="4D4D4D"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="v"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="4D4D4D"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-IE" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="4D4D4D"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="4" name="Flowchart: Data 3">
+          <p:cNvPr id="3" name="Text Placeholder 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{108027A3-0521-3DDD-FCF6-F4FEEBC2AA94}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3E35F2BA-30EB-5C1E-9E3E-F09E0EB42FE2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvSpPr/>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="621826" y="5591901"/>
-            <a:ext cx="6455464" cy="391361"/>
+            <a:off x="437139" y="331568"/>
+            <a:ext cx="6808875" cy="803654"/>
           </a:xfrm>
-          <a:prstGeom prst="flowChartInputOutput">
+          <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-IE" sz="3600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="459597"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Key Strengths</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1394847593"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{94212BD9-A52C-EF68-BFA4-F660853A5BCD}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Picture Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CC485C0C-EE1F-F894-90BC-801246E83223}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="19"/>
+          </p:nvPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:srcRect t="15273" b="15273"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="5631688" y="1678929"/>
+            <a:ext cx="6560312" cy="4556399"/>
+          </a:xfrm>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Text Placeholder 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4C85C4E6-BFC8-9B55-66BF-1BFF0F7925B8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="65"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7844119" y="6009099"/>
+            <a:ext cx="4347882" cy="452458"/>
+          </a:xfrm>
           <a:solidFill>
-            <a:srgbClr val="E5BEAC"/>
+            <a:srgbClr val="EC7C69"/>
           </a:solidFill>
-          <a:ln>
-[...1 lines deleted...]
-          </a:ln>
         </p:spPr>
-        <p:style>
-[...14 lines deleted...]
-        </p:style>
         <p:txBody>
-          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="en-GB"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Image source</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:hlinkClick r:id="rId3">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:hlinkClick r:id="rId4">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>Family Friendly Glamping Ireland - Short Drive from Dublin</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-IE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="Text Placeholder 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{314D2795-7FEB-C9B6-6C7D-88B6C41AF127}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="437139" y="754617"/>
+            <a:ext cx="8741981" cy="803654"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="EC7C69"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Why This Model Works</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Text Placeholder 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A267678E-D158-E7F2-D207-67C755735688}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="423283" y="1298467"/>
+            <a:ext cx="4999322" cy="3499183"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr lvl="0">
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="v"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Viability: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Sustainable business for over a decade with a loyal and growing customer base.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0">
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="v"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Differentiation: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>appealing to a wide range of visitors,  responding to changing consumer demands and spreading risk.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0">
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="v"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2200" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Owner-operated: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>facilitates a personal, hands-on approach, ensuring high-quality service and attention to detail. It fosters authentic guest experiences, quick decision-making, and a strong commitment to sustainability and community engagement.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0">
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="v"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="4D4D4D"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="v"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="4D4D4D"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="v"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="4D4D4D"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buFont typeface="Wingdings" panose="05000000000000000000" pitchFamily="2" charset="2"/>
+              <a:buChar char="v"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="4D4D4D"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-IE" sz="2200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="4D4D4D"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Text Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B0756865-E0A4-7A77-B061-584689F6F236}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="437139" y="185843"/>
+            <a:ext cx="6808875" cy="803654"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-IE" sz="3600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="459597"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Key Strengths</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="5" name="Picture 4" descr="Co-funded by the European Union logo in png for web usage">
+          <p:cNvPr id="4" name="Picture 3" descr="Co-funded by the European Union logo in png for web usage">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C973C152-83DE-C92C-E3DB-F9BAEDD7F451}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BE6CD10C-496F-5620-5DB6-CCE4BB62E17E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId4">
+          <a:blip r:embed="rId5">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:srcRect/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="1845636" y="6345603"/>
             <a:ext cx="1530819" cy="319792"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln>
             <a:noFill/>
           </a:ln>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="8" name="Rectangle 7">
+          <p:cNvPr id="6" name="Rectangle 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3C6FF6FC-E1B9-731A-B17D-4259EBC4A2AB}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3B20A378-D445-0005-5F56-8487CECF0130}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="3345743" y="6199117"/>
-            <a:ext cx="4292836" cy="553998"/>
+            <a:off x="3345743" y="6283747"/>
+            <a:ext cx="4296357" cy="553998"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just">
               <a:lnSpc>
                 <a:spcPts val="880"/>
               </a:lnSpc>
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="800" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:rPr>
               <a:t>Funded by the European Union. Views and opinions expressed are however those of the author(s) only and do not necessarily reflect those of the European Union or the European Education and Culture Executive Agency (EACEA). Neither the European Union nor EACEA can be held responsible for them.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
-          <p:cNvPr id="9" name="Group 8">
+          <p:cNvPr id="7" name="Group 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA4E59B7-67C1-1801-92AE-B0FA64A2876B}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CFC7BCE5-F8FD-3EAB-4CCD-5D1921C57FC8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="441852" y="5906548"/>
             <a:ext cx="1307461" cy="742180"/>
             <a:chOff x="340586" y="8789227"/>
             <a:chExt cx="1307461" cy="742180"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="10" name="Rectangle 9">
+            <p:cNvPr id="8" name="Rectangle 7">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DA1C62BD-7E35-4605-9C31-25AB5CB36EBD}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6C22EC9F-9830-16FE-1693-B9CE9F8BDF75}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr userDrawn="1"/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="340586" y="8789227"/>
               <a:ext cx="1307461" cy="369332"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" anchor="ctr">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="just"/>
               <a:r>
                 <a:rPr lang="en-US" sz="900" b="1" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="tx1"/>
                   </a:solidFill>
                   <a:latin typeface="+mj-lt"/>
                 </a:rPr>
                 <a:t>EPIC STAYS is licensed </a:t>
               </a:r>
             </a:p>
             <a:p>
               <a:pPr algn="just"/>
               <a:r>
                 <a:rPr lang="en-US" sz="900" b="1" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="tx1"/>
                   </a:solidFill>
                   <a:latin typeface="+mj-lt"/>
                 </a:rPr>
                 <a:t>under </a:t>
               </a:r>
               <a:r>
                 <a:rPr lang="en-US" sz="900" b="1" dirty="0">
                   <a:solidFill>
                     <a:srgbClr val="459597"/>
                   </a:solidFill>
                   <a:latin typeface="+mj-lt"/>
-                  <a:hlinkClick r:id="rId5">
+                  <a:hlinkClick r:id="rId6">
                     <a:extLst>
                       <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
                         <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
                       </a:ext>
                     </a:extLst>
                   </a:hlinkClick>
                 </a:rPr>
                 <a:t>CC BY-SA 4.0</a:t>
               </a:r>
               <a:endParaRPr lang="en-US" sz="900" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:lumMod val="50000"/>
                     <a:lumOff val="50000"/>
                   </a:schemeClr>
                 </a:solidFill>
                 <a:latin typeface="+mj-lt"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:pic>
           <p:nvPicPr>
-            <p:cNvPr id="12" name="Picture 11">
+            <p:cNvPr id="9" name="Picture 8">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{55D3FBA8-28B4-ADE9-9A6F-0F3C4851796D}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{573EFDCE-D8DD-41DD-F182-88A7C38A24CB}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvPicPr>
               <a:picLocks noChangeAspect="1"/>
             </p:cNvPicPr>
             <p:nvPr userDrawn="1"/>
           </p:nvPicPr>
           <p:blipFill>
-            <a:blip r:embed="rId6">
+            <a:blip r:embed="rId7">
               <a:extLst>
                 <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                   <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                 </a:ext>
               </a:extLst>
             </a:blip>
             <a:stretch>
               <a:fillRect/>
             </a:stretch>
           </p:blipFill>
           <p:spPr>
             <a:xfrm>
               <a:off x="423792" y="9172027"/>
               <a:ext cx="1022236" cy="359380"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
           </p:spPr>
         </p:pic>
       </p:grpSp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3973962268"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="15" name="Picture Placeholder 14" descr="A wooden house with a round door&#10;&#10;AI-generated content may be incorrect.">
+          <p:cNvPr id="10" name="Picture 9">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B54B30E3-798B-9754-57A8-3A722F521BB8}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{42B105E3-1E80-C85E-8651-F1570AAA6534}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="1242159"/>
+            <a:ext cx="12192000" cy="4394002"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="2" name="Picture 1" descr="Co-funded by the European Union logo in png for web usage">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B99FC090-8E51-00A1-5ABE-BA1CF4F7B784}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3">
+            <a:extLst>
+              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+              </a:ext>
+            </a:extLst>
+          </a:blip>
+          <a:srcRect/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr bwMode="auto">
+          <a:xfrm>
+            <a:off x="1845636" y="6345603"/>
+            <a:ext cx="1530819" cy="319792"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:noFill/>
+          </a:ln>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Rectangle 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E8CFD8B7-BE42-BF69-78AF-A68E7B19D792}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="3345743" y="6283747"/>
+            <a:ext cx="5121982" cy="438582"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="just">
+              <a:lnSpc>
+                <a:spcPts val="880"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="800" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:rPr>
+              <a:t>Funded by the European Union. Views and opinions expressed are however those of the author(s) only and do not necessarily reflect those of the European Union or the European Education and Culture Executive Agency (EACEA). Neither the European Union nor EACEA can be held responsible for them.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:grpSp>
+        <p:nvGrpSpPr>
+          <p:cNvPr id="4" name="Group 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4027996E-BDF1-C146-8E24-14B0F5FA07F4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGrpSpPr/>
+          <p:nvPr/>
+        </p:nvGrpSpPr>
+        <p:grpSpPr>
+          <a:xfrm>
+            <a:off x="441852" y="5906548"/>
+            <a:ext cx="1307461" cy="742180"/>
+            <a:chOff x="340586" y="8789227"/>
+            <a:chExt cx="1307461" cy="742180"/>
+          </a:xfrm>
+        </p:grpSpPr>
+        <p:sp>
+          <p:nvSpPr>
+            <p:cNvPr id="5" name="Rectangle 4">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{019B3AD5-D0EE-490C-F8E0-7E95CECB6194}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvSpPr/>
+            <p:nvPr userDrawn="1"/>
+          </p:nvSpPr>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="340586" y="8789227"/>
+              <a:ext cx="1307461" cy="369332"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+          </p:spPr>
+          <p:txBody>
+            <a:bodyPr wrap="square" anchor="ctr">
+              <a:spAutoFit/>
+            </a:bodyPr>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr algn="just"/>
+              <a:r>
+                <a:rPr lang="en-US" sz="900" b="1" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="+mj-lt"/>
+                </a:rPr>
+                <a:t>EPIC STAYS is licensed </a:t>
+              </a:r>
+            </a:p>
+            <a:p>
+              <a:pPr algn="just"/>
+              <a:r>
+                <a:rPr lang="en-US" sz="900" b="1" dirty="0">
+                  <a:solidFill>
+                    <a:schemeClr val="tx1"/>
+                  </a:solidFill>
+                  <a:latin typeface="+mj-lt"/>
+                </a:rPr>
+                <a:t>under </a:t>
+              </a:r>
+              <a:r>
+                <a:rPr lang="en-US" sz="900" b="1" dirty="0">
+                  <a:solidFill>
+                    <a:srgbClr val="459597"/>
+                  </a:solidFill>
+                  <a:latin typeface="+mj-lt"/>
+                  <a:hlinkClick r:id="rId4">
+                    <a:extLst>
+                      <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                        <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:hlinkClick>
+                </a:rPr>
+                <a:t>CC BY-SA 4.0</a:t>
+              </a:r>
+              <a:endParaRPr lang="en-US" sz="900" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="tx1">
+                    <a:lumMod val="50000"/>
+                    <a:lumOff val="50000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="+mj-lt"/>
+              </a:endParaRPr>
+            </a:p>
+          </p:txBody>
+        </p:sp>
+        <p:pic>
+          <p:nvPicPr>
+            <p:cNvPr id="6" name="Picture 5">
+              <a:extLst>
+                <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2586CB6A-4E7B-96F8-3209-070A6E07DD60}"/>
+                </a:ext>
+              </a:extLst>
+            </p:cNvPr>
+            <p:cNvPicPr>
+              <a:picLocks noChangeAspect="1"/>
+            </p:cNvPicPr>
+            <p:nvPr userDrawn="1"/>
+          </p:nvPicPr>
+          <p:blipFill>
+            <a:blip r:embed="rId5">
+              <a:extLst>
+                <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                </a:ext>
+              </a:extLst>
+            </a:blip>
+            <a:stretch>
+              <a:fillRect/>
+            </a:stretch>
+          </p:blipFill>
+          <p:spPr>
+            <a:xfrm>
+              <a:off x="423792" y="9172027"/>
+              <a:ext cx="1022236" cy="359380"/>
+            </a:xfrm>
+            <a:prstGeom prst="rect">
+              <a:avLst/>
+            </a:prstGeom>
+          </p:spPr>
+        </p:pic>
+      </p:grpSp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Text Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A5E9E215-3776-E3AC-7A2B-1FF153CFAEBA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="437139" y="331568"/>
+            <a:ext cx="10408070" cy="803654"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-IE" sz="3600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="459597"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>The Hobbit Village: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-IE" sz="3600" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="EC7C69"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Immersive &amp; Sustainable Design</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3670254536"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{20DB4C55-4D02-9446-C823-3D3ADCAED832}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Picture Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{242E1602-36FF-ECD1-8DA0-DEE1B042AB3F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
-            <p:ph type="pic" sz="quarter" idx="13"/>
+            <p:ph type="pic" sz="quarter" idx="19"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId7"/>
-          <a:srcRect l="7085" r="7085"/>
+          <a:blip r:embed="rId2"/>
+          <a:srcRect l="8799" r="8799"/>
+          <a:stretch/>
+        </p:blipFill>
+        <p:spPr>
+          <a:custGeom>
+            <a:avLst/>
+            <a:gdLst>
+              <a:gd name="connsiteX0" fmla="*/ 2277673 w 6560312"/>
+              <a:gd name="connsiteY0" fmla="*/ 0 h 4556399"/>
+              <a:gd name="connsiteX1" fmla="*/ 2406059 w 6560312"/>
+              <a:gd name="connsiteY1" fmla="*/ 4755 h 4556399"/>
+              <a:gd name="connsiteX2" fmla="*/ 2406059 w 6560312"/>
+              <a:gd name="connsiteY2" fmla="*/ 0 h 4556399"/>
+              <a:gd name="connsiteX3" fmla="*/ 3325106 w 6560312"/>
+              <a:gd name="connsiteY3" fmla="*/ 0 h 4556399"/>
+              <a:gd name="connsiteX4" fmla="*/ 3439772 w 6560312"/>
+              <a:gd name="connsiteY4" fmla="*/ 0 h 4556399"/>
+              <a:gd name="connsiteX5" fmla="*/ 5900026 w 6560312"/>
+              <a:gd name="connsiteY5" fmla="*/ 0 h 4556399"/>
+              <a:gd name="connsiteX6" fmla="*/ 6560312 w 6560312"/>
+              <a:gd name="connsiteY6" fmla="*/ 0 h 4556399"/>
+              <a:gd name="connsiteX7" fmla="*/ 6560312 w 6560312"/>
+              <a:gd name="connsiteY7" fmla="*/ 4556399 h 4556399"/>
+              <a:gd name="connsiteX8" fmla="*/ 6560277 w 6560312"/>
+              <a:gd name="connsiteY8" fmla="*/ 4556399 h 4556399"/>
+              <a:gd name="connsiteX9" fmla="*/ 6560277 w 6560312"/>
+              <a:gd name="connsiteY9" fmla="*/ 4330169 h 4556399"/>
+              <a:gd name="connsiteX10" fmla="*/ 3600581 w 6560312"/>
+              <a:gd name="connsiteY10" fmla="*/ 4330169 h 4556399"/>
+              <a:gd name="connsiteX11" fmla="*/ 3600581 w 6560312"/>
+              <a:gd name="connsiteY11" fmla="*/ 4556399 h 4556399"/>
+              <a:gd name="connsiteX12" fmla="*/ 3439772 w 6560312"/>
+              <a:gd name="connsiteY12" fmla="*/ 4556399 h 4556399"/>
+              <a:gd name="connsiteX13" fmla="*/ 3325106 w 6560312"/>
+              <a:gd name="connsiteY13" fmla="*/ 4556399 h 4556399"/>
+              <a:gd name="connsiteX14" fmla="*/ 2406059 w 6560312"/>
+              <a:gd name="connsiteY14" fmla="*/ 4556399 h 4556399"/>
+              <a:gd name="connsiteX15" fmla="*/ 2406059 w 6560312"/>
+              <a:gd name="connsiteY15" fmla="*/ 4551645 h 4556399"/>
+              <a:gd name="connsiteX16" fmla="*/ 2277673 w 6560312"/>
+              <a:gd name="connsiteY16" fmla="*/ 4556399 h 4556399"/>
+              <a:gd name="connsiteX17" fmla="*/ 0 w 6560312"/>
+              <a:gd name="connsiteY17" fmla="*/ 2278201 h 4556399"/>
+              <a:gd name="connsiteX18" fmla="*/ 2277673 w 6560312"/>
+              <a:gd name="connsiteY18" fmla="*/ 0 h 4556399"/>
+            </a:gdLst>
+            <a:ahLst/>
+            <a:cxnLst>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX0" y="connsiteY0"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX1" y="connsiteY1"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX2" y="connsiteY2"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX3" y="connsiteY3"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX4" y="connsiteY4"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX5" y="connsiteY5"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX6" y="connsiteY6"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX7" y="connsiteY7"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX8" y="connsiteY8"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX9" y="connsiteY9"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX10" y="connsiteY10"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX11" y="connsiteY11"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX12" y="connsiteY12"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX13" y="connsiteY13"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX14" y="connsiteY14"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX15" y="connsiteY15"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX16" y="connsiteY16"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX17" y="connsiteY17"/>
+              </a:cxn>
+              <a:cxn ang="0">
+                <a:pos x="connsiteX18" y="connsiteY18"/>
+              </a:cxn>
+            </a:cxnLst>
+            <a:rect l="l" t="t" r="r" b="b"/>
+            <a:pathLst>
+              <a:path w="6560312" h="4556399">
+                <a:moveTo>
+                  <a:pt x="2277673" y="0"/>
+                </a:moveTo>
+                <a:cubicBezTo>
+                  <a:pt x="2320467" y="0"/>
+                  <a:pt x="2368019" y="0"/>
+                  <a:pt x="2406059" y="4755"/>
+                </a:cubicBezTo>
+                <a:lnTo>
+                  <a:pt x="2406059" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3325106" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3439772" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="5900026" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="6560312" y="0"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="6560312" y="4556399"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="6560277" y="4556399"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="6560277" y="4330169"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3600581" y="4330169"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3600581" y="4556399"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3439772" y="4556399"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="3325106" y="4556399"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2406059" y="4556399"/>
+                </a:lnTo>
+                <a:lnTo>
+                  <a:pt x="2406059" y="4551645"/>
+                </a:lnTo>
+                <a:cubicBezTo>
+                  <a:pt x="2363265" y="4556399"/>
+                  <a:pt x="2320467" y="4556399"/>
+                  <a:pt x="2277673" y="4556399"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="1017580" y="4556399"/>
+                  <a:pt x="0" y="3538583"/>
+                  <a:pt x="0" y="2278201"/>
+                </a:cubicBezTo>
+                <a:cubicBezTo>
+                  <a:pt x="0" y="1017820"/>
+                  <a:pt x="1022338" y="0"/>
+                  <a:pt x="2277673" y="0"/>
+                </a:cubicBezTo>
+                <a:close/>
+              </a:path>
+            </a:pathLst>
+          </a:custGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFFFF">
+              <a:lumMod val="95000"/>
+            </a:srgbClr>
+          </a:solidFill>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Text Placeholder 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{10F8D20D-86DF-4FED-73BD-242166E23C71}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="65"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7844119" y="6009099"/>
+            <a:ext cx="4347882" cy="452458"/>
+          </a:xfrm>
+          <a:solidFill>
+            <a:srgbClr val="EC7C69"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Image source: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:hlinkClick r:id="rId3">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>https://www.glampingunderthestars.ie/</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-IE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="Text Placeholder 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1ACD7678-F779-B01E-B1F1-FFBB736D2A9A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="423284" y="1793151"/>
+            <a:ext cx="4978056" cy="3499183"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="4D4D4D"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Its distinctive accommodation offering includes the “Hobbit Village,” comprising six quirky, grass-roofed units, each designed around a unique theme. Each unit offers a distinct narrative and guest experience.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="4D4D4D"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>These characterful hobbit houses provide an immersive guest experience that extends well beyond novelty, while showcasing sustainable design principles that align with the site’s low-impact, low carbon and environmentally responsible ethos.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-IE" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="4D4D4D"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Text Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{22EBB3E1-7172-804C-0620-BA830C9B6F44}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="437139" y="331568"/>
+            <a:ext cx="6808875" cy="803654"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-IE" sz="3600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="459597"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Glamping Under the Stars</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="Text Placeholder 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{74A3D03B-1B54-3D5E-94CA-24FD90696CB9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="423284" y="989497"/>
+            <a:ext cx="6808876" cy="803654"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="EC7C69"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Low-Impact, Family-Run Glamping</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-IE" sz="3200" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="EC7C69"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="345123581"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="10" name="Picture 9">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8F12D016-4D75-0355-9840-08B90D154704}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:srcRect t="3188" b="4519"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="7469993" y="1832727"/>
-            <a:ext cx="3887273" cy="2499271"/>
+            <a:off x="1489114" y="1486763"/>
+            <a:ext cx="8681622" cy="5191125"/>
           </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
         </p:spPr>
       </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="TextBox 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8E739871-9A91-F159-4D79-4534EC17F9EA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="447676" y="180112"/>
+            <a:ext cx="11134724" cy="1200329"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="just" fontAlgn="base">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="4D4D4D"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Each of these characterful accommodations features its own distinctive theme, adding to the sense of magic and escapism. Guests can choose from the Beach House, Woodcutter’s House, Music House, Stargazer’s House, Garden House, or Ski Chalet</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="2400" b="0" i="0" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="4D4D4D"/>
+              </a:solidFill>
+              <a:effectLst/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1452085833"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="428276609"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="6" name="Text Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4D85F89D-C822-5D06-7A07-87015C28FD3D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="13"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="0" y="1237807"/>
+            <a:ext cx="5209195" cy="4299625"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="ctr">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr fontAlgn="base">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" i="0" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr fontAlgn="base">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" i="0" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr fontAlgn="base">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" i="0" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr fontAlgn="base">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" i="0" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr fontAlgn="base">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2000" i="0" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr algn="l" fontAlgn="base">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2000" i="0" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="Text Placeholder 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1A49EB15-929F-4DB3-0331-CE6D3EE9D7E8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="65"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-IE" dirty="0"/>
+              <a:t>www.glampingunderthestars.ie  </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="10" name="Picture 9">
+          <p:cNvPr id="13" name="Picture Placeholder 12" descr="Two men standing in front of a wooden house&#10;&#10;AI-generated content may be incorrect.">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2AAB8D0D-0730-90FA-AA49-ECB12B9C1F9D}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5AA67A7D-5664-14AD-CBC4-4791F9F0CB7B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
-            <a:picLocks noChangeAspect="1"/>
+            <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
-          <p:nvPr/>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="19"/>
+          </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
+          <a:srcRect l="2009" r="2009"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr/>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="TextBox 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EA2D3E68-0085-EC0F-3254-75321F1BBB7F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="478700" y="984179"/>
+            <a:ext cx="4919307" cy="4047262"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:endParaRPr lang="en-IE" sz="2800" i="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-IE" sz="2800" i="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>The grass roofs on our cosy hobbit houses don’t just look enchanting - they naturally insulate the buildings, support birds and insects, and blend into the wider green landscape, creating a stunning eco-friendly hideaway. </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-GB" sz="2800" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="TextBox 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2FBD118D-79FF-A475-717C-3DCA192BB47B}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="478700" y="5031441"/>
+            <a:ext cx="6108404" cy="402546"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="l">
+              <a:lnSpc>
+                <a:spcPct val="120000"/>
+              </a:lnSpc>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" i="0" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Business Owner, Kyra Fingleton</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1800" i="0" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+              <a:ea typeface="Calibri" panose="020F0502020204030204"/>
+              <a:cs typeface="Calibri" panose="020F0502020204030204"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="7" name="TextBox 6">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BE5836B8-3FE9-C158-2087-5C6A509BB7AA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="478700" y="976197"/>
+            <a:ext cx="6097772" cy="523220"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:noFill/>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr wrap="square">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="2800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:schemeClr val="bg1"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Sustainability That Works with Nature</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-IE" sz="2800" b="1" dirty="0">
+              <a:solidFill>
+                <a:schemeClr val="bg1"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3317261709"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{59F8D3F4-57B6-D51E-53A0-7EFE5ABBDF5B}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="6" name="Picture Placeholder 5">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0DA227E2-FD0E-728E-4E2B-D8CC42359BD9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="19"/>
+          </p:nvPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:srcRect l="2039" r="2039"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr/>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Text Placeholder 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{11DF5BC6-F24C-9C90-64EC-A2771D7F7855}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="65"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7844119" y="6009099"/>
+            <a:ext cx="4347882" cy="452458"/>
+          </a:xfrm>
+          <a:solidFill>
+            <a:srgbClr val="EC7C69"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Image source: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:hlinkClick r:id="rId3">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>https://www.glampingunderthestars.ie/wood-lodges/</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-IE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="Text Placeholder 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{81E8EE81-0420-104A-1BA6-103518DADFB4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="423284" y="1793151"/>
+            <a:ext cx="4825978" cy="3499183"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Diversification is a strategic driver for  glamping under the stars reducing reliance on a single offering while extending their market reach.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Existing and proposed offerings feature low-carbon accommodation options, including wood lodges, hobbit houses, a shepherd’s hut, treehouse cabins and an accessible eco-lodge, all designed to deliver immersive outdoor experiences while upholding sustainability standards.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-IE" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="17" name="Text Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3954A0DF-A7E9-2C26-4267-C71E5F57CB26}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="437139" y="331568"/>
+            <a:ext cx="6808875" cy="803654"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-IE" sz="3600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="459597"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Diversification Strategy</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="Text Placeholder 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{44AE05D9-6D13-B10F-20E2-F19C5E84D620}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="423284" y="989497"/>
+            <a:ext cx="6808876" cy="803654"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="EC7C69"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Diversification as a Driver of Resilience</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-IE" sz="3200" i="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="EC7C69"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1159908755"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6EDC283E-3D8F-3097-7F62-F4D29562C7CD}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Picture Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{17DCF4F6-7845-EB28-9BC0-A62B04E04ABE}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="19"/>
+          </p:nvPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:srcRect t="15192" b="15192"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr/>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Text Placeholder 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F9EF0C67-B363-5966-B638-40E1E0B5CE02}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="65"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7844119" y="6009099"/>
+            <a:ext cx="4347882" cy="452458"/>
+          </a:xfrm>
+          <a:solidFill>
+            <a:srgbClr val="EC7C69"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Image source: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:hlinkClick r:id="rId3">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>Log Cabins Glamping in Co. Laois Ireland </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-IE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="Text Placeholder 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D6974C2A-3144-82D9-8418-4685CEA286DF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="423284" y="1793151"/>
+            <a:ext cx="4825978" cy="3499183"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>By offering distinctive, memorable experiences that differ from conventional lodging, the business attracts a broader range of visitors,  enhances financial stability, improves asset </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0" err="1">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>utilisation</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t> and strengthens its position as an innovative, environmentally responsible destination.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-IE" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="4D4D4D"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="17" name="Text Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{278FFC34-3A67-592F-11D4-14FBFFB95707}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="437139" y="331568"/>
+            <a:ext cx="6808875" cy="803654"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-IE" sz="3600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="459597"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Diversification Strategy</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="Text Placeholder 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{911B1E87-5412-A0C4-59F8-C3B86D49F6CB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="423284" y="989497"/>
+            <a:ext cx="6808876" cy="803654"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="EC7C69"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Diversification as a Driver of Resilience</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-IE" sz="3200" i="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="EC7C69"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3358899021"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C97A0E20-6C89-4EE8-BD5A-180A046335D4}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="5" name="Picture Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AD157A95-22C7-64FF-E813-BA90CDA413A0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr>
+            <p:ph type="pic" sz="quarter" idx="19"/>
+          </p:nvPr>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId2"/>
+          <a:srcRect t="33535" b="6804"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="770590" y="0"/>
-            <a:ext cx="10650820" cy="6858000"/>
+            <a:off x="5631688" y="1678929"/>
+            <a:ext cx="6560312" cy="4556399"/>
+          </a:xfrm>
+        </p:spPr>
+      </p:pic>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="11" name="Text Placeholder 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6C2612A5-E1E0-C0C3-B3BB-32B670473711}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" sz="quarter" idx="65"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="7844119" y="6009099"/>
+            <a:ext cx="4347882" cy="452458"/>
+          </a:xfrm>
+          <a:solidFill>
+            <a:srgbClr val="EC7C69"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Image source: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:hlinkClick r:id="rId3">
+                  <a:extLst>
+                    <a:ext uri="{A12FA001-AC4F-418D-AE19-62706E023703}">
+                      <ahyp:hlinkClr xmlns:ahyp="http://schemas.microsoft.com/office/drawing/2018/hyperlinkcolor" val="tx"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:hlinkClick>
+              </a:rPr>
+              <a:t>https://www.glampingunderthestars.ie/wood-lodges/</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-IE" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="16" name="Text Placeholder 7">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2EAF2EF3-77E6-F8CC-8DFD-BF1BFA1B1E74}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="423284" y="1793151"/>
+            <a:ext cx="4825978" cy="3499183"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
-      </p:pic>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Sustainability has been embedded in the business for over a decade and places strong emphasis on protecting and enhancing local biodiversity.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Rather than relying on symbolic measures, the business implements hands-on actions that deliver real, tangible ecological benefits, including:</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" lvl="0" indent="-342900">
+              <a:buFont typeface="Arial"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-IE" sz="2400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Pollinator-friendly planting and wildflower meadows, accommodation with living roofs and zooned wild areas. </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-IE" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="000000"/>
+              </a:solidFill>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:spcAft>
+                <a:spcPts val="600"/>
+              </a:spcAft>
+              <a:buNone/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="4D4D4D"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-IE" sz="2400" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="4D4D4D"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="17" name="Text Placeholder 4">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1D1053FA-8978-EDA4-4C10-58E10987F562}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="437139" y="331568"/>
+            <a:ext cx="6808875" cy="803654"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-IE" sz="3600" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="459597"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Sustainability &amp; Biodiversity</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="18" name="Text Placeholder 8">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D112F658-048D-375C-DBB2-F6783D82A980}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1">
+            <a:spLocks/>
+          </p:cNvSpPr>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="423283" y="989497"/>
+            <a:ext cx="8741981" cy="803654"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle>
+            <a:lvl1pPr marL="228600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl1pPr>
+            <a:lvl2pPr marL="685800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2400" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl2pPr>
+            <a:lvl3pPr marL="1143000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="2000" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl3pPr>
+            <a:lvl4pPr marL="1600200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl4pPr>
+            <a:lvl5pPr marL="2057400" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl5pPr>
+            <a:lvl6pPr marL="2514600" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl6pPr>
+            <a:lvl7pPr marL="2971800" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl7pPr>
+            <a:lvl8pPr marL="3429000" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl8pPr>
+            <a:lvl9pPr marL="3886200" indent="-228600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="90000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="500"/>
+              </a:spcBef>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr sz="1800" kern="1200">
+                <a:solidFill>
+                  <a:schemeClr val="tx1"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:lvl9pPr>
+          </a:lstStyle>
+          <a:p>
+            <a:pPr marL="0" indent="0">
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="3200" i="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="EC7C69"/>
+                </a:solidFill>
+              </a:rPr>
+              <a:t>Hands-On Actions with Real Ecological Impact</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-IE" sz="3200" i="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="EC7C69"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1349759530"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1411781092"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Bia Innovation Campus - Colours">
       <a:dk1>
         <a:srgbClr val="086D6E"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="FFFFFF"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="FFFFFF"/>
       </a:lt2>
@@ -39759,409 +51516,115 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=ppt/theme/theme3.xml><?xml version="1.0" encoding="utf-8"?>
-[...311 lines deleted...]
-</a:theme>
+<file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
+  <clbl:label id="{068b196a-2d57-407f-a70d-3c0571c3266a}" enabled="0" method="" siteId="{068b196a-2d57-407f-a70d-3c0571c3266a}" removed="1"/>
+</clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template/>
   <TotalTime></TotalTime>
-  <Words>291</Words>
+  <Words>1601</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Widescreen</PresentationFormat>
-  <Paragraphs>17</Paragraphs>
-  <Slides>6</Slides>
+  <Paragraphs>137</Paragraphs>
+  <Slides>22</Slides>
   <Notes>0</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>6</vt:i4>
+        <vt:i4>22</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="13" baseType="lpstr">
-      <vt:lpstr>Aptos</vt:lpstr>
+    <vt:vector size="29" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Montserrat</vt:lpstr>
       <vt:lpstr>Montserrat Light</vt:lpstr>
       <vt:lpstr>Verdana</vt:lpstr>
+      <vt:lpstr>Wingdings</vt:lpstr>
       <vt:lpstr>Office Theme</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PowerPoint Presentation</dc:title>
   <dc:creator>Gillian Keane</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>